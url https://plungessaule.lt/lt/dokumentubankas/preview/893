--- v0 (2025-12-07)
+++ v1 (2026-02-28)
@@ -1,329 +1,1902 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="74D41BA4" w14:textId="77777777" w:rsidR="00C12BDF" w:rsidRDefault="00C12BDF">
+    <w:p w14:paraId="248B81C6" w14:textId="77777777" w:rsidR="00001F83" w:rsidRDefault="00001F83"/>
+    <w:p w14:paraId="35401259" w14:textId="77777777" w:rsidR="00001F83" w:rsidRDefault="00001F83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8700" w:type="dxa"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8700"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F67B24" w:rsidRPr="00F67B24" w14:paraId="6922D357" w14:textId="77777777" w:rsidTr="00BA2B41">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="223F155A" w14:textId="0759CB12" w:rsidR="00F67B24" w:rsidRPr="00F67B24" w:rsidRDefault="00F67B24" w:rsidP="00F67B24">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              PLUNGĖS „SAULĖS“ GIMNAZIJOS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F67B24" w:rsidRPr="00F67B24" w14:paraId="00664341" w14:textId="77777777" w:rsidTr="00BA2B41">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7812B2E7" w14:textId="77777777" w:rsidR="00F67B24" w:rsidRPr="00F67B24" w:rsidRDefault="00F67B24" w:rsidP="00F67B24">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                   MOKYKLINIO AUTOBUSO MARŠRUTŲ GRAFIKAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E2EC77D" w14:textId="46640D29" w:rsidR="00F67B24" w:rsidRPr="00F67B24" w:rsidRDefault="00083808" w:rsidP="00083808">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7350"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00F67B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:drawing>
-[...40 lines deleted...]
-        </w:drawing>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047454E3" w14:textId="77777777" w:rsidR="0085171E" w:rsidRPr="0085171E" w:rsidRDefault="0085171E" w:rsidP="0085171E"/>
-[...119 lines deleted...]
-      <w:pgMar w:top="993" w:right="567" w:bottom="0" w:left="567" w:header="567" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="05D92234" w14:textId="77777777" w:rsidR="00911B0A" w:rsidRDefault="00911B0A"/>
+    <w:p w14:paraId="0F2736A8" w14:textId="77777777" w:rsidR="00F67B24" w:rsidRDefault="00F67B24"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8378" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4823"/>
+        <w:gridCol w:w="3555"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C53C83" w:rsidRPr="00B66730" w14:paraId="4F00817C" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="628FA155" w14:textId="3EEF2770" w:rsidR="00C53C83" w:rsidRPr="00B66730" w:rsidRDefault="00C53C83" w:rsidP="00B50E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66730">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Stotelė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2D2C12" w14:textId="331EA32D" w:rsidR="00C53C83" w:rsidRPr="00B66730" w:rsidRDefault="00C53C83" w:rsidP="00B50E86">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66730">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Išvykimo laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="2FB36F26" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDB0CFC" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plungės „Saulės“ gimnazija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1426CDD7" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="3AF7FE72" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="11BBC792" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Gintališkė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1F19C71A" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="3F5326FF" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="56E938A0" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šateikių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rūdaičiai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="221FF6FE" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="2DC4E026" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="740BCB5E" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šateikiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="3D48D29F" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="535A16EE" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="74D7E918" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kadaičiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="60165224" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="58C9758E" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="422E78DC" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Vydeikiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1456961C" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="2BBF846A" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="43AFAA11" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Didvyčiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6606BE4D" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="2E370995" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6D479452" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lieplaukalė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="44D804A5" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522277" w:rsidRPr="00B66730" w14:paraId="3B7751D6" w14:textId="77777777" w:rsidTr="00590B65">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4823" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1077523A" w14:textId="77777777" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00522277" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plungės „Saulės“ gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5454275F" w14:textId="2359886F" w:rsidR="00522277" w:rsidRPr="00F67B24" w:rsidRDefault="00C53C83" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B66730">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D144D02" w14:textId="77777777" w:rsidR="00F67B24" w:rsidRDefault="00F67B24"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8393" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4853"/>
+        <w:gridCol w:w="3540"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001E0E0D" w:rsidRPr="001E0E0D" w14:paraId="12500E86" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="7F98DDBF" w14:textId="69029B44" w:rsidR="001E0E0D" w:rsidRPr="001E0E0D" w:rsidRDefault="001E0E0D" w:rsidP="00CB6DCC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Stotelė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="267FDD0D" w14:textId="240B6D7A" w:rsidR="001E0E0D" w:rsidRPr="001E0E0D" w:rsidRDefault="001E0E0D" w:rsidP="00CB6DCC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Išvykimo laikas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="45DB4EE8" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="635B6420" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plungės „Saulės“ gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="197F5B39" w14:textId="7AF7ADD9" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14.40 (antradieniais 15.10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="7C32FEBF" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="407"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="096EF2C6" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Lieplaukalė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="223F948F" w14:textId="0AD54563" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14.45 (antradieniais 15.15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="6D10BD4A" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="4B63EC8F" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Didvyčiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="5CACD268" w14:textId="0DE6990D" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14.48 (antradieniais 15.18</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="0619AFD3" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="401"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="363AB419" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Vydeikiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="041A757B" w14:textId="7B06B0A6" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>14:55 (antradieniais 15.25)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="714A4926" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="227AF7B6" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kadaičiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB62F88" w14:textId="4AB3DAD9" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15.03 (antradieniais 15.33)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="49E343D6" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="403"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="49E5215A" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šateikiai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAD27F8" w14:textId="5A3C4265" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15.10 (antradieniais 15.40)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="254F65C6" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="408"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAE5491" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šateikių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rūdaičiai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="57F3213F" w14:textId="628A50B3" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15.15 (antradieniais 15.45</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="5F959577" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="436"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="72002861" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Gintališkė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="2220CE43" w14:textId="30DD0426" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00690ED5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15.19 (antradieniais 15.49)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690ED5" w:rsidRPr="001E0E0D" w14:paraId="677C779F" w14:textId="77777777" w:rsidTr="00CB6DCC">
+        <w:trPr>
+          <w:trHeight w:val="427"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="0893D342" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00690ED5" w:rsidP="00BA2B41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F67B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Plungės „Saulės“ gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="189D596D" w14:textId="57AC209C" w:rsidR="00690ED5" w:rsidRPr="00F67B24" w:rsidRDefault="00DC079D" w:rsidP="00DC079D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E0E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>15.38 (antradieniais 16.08)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3440EB9D" w14:textId="77777777" w:rsidR="00522277" w:rsidRDefault="00522277"/>
+    <w:p w14:paraId="49EA9CC5" w14:textId="77777777" w:rsidR="00690ED5" w:rsidRDefault="00690ED5"/>
+    <w:sectPr w:rsidR="00690ED5" w:rsidSect="00734582">
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="284" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:noEndnote/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridVerticalSpacing w:val="299"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C12BDF"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E610E0"/>
+    <w:rsidRoot w:val="00F67B24"/>
+    <w:rsid w:val="00001F83"/>
+    <w:rsid w:val="00083808"/>
+    <w:rsid w:val="001C2D33"/>
+    <w:rsid w:val="001E0E0D"/>
+    <w:rsid w:val="003372CF"/>
+    <w:rsid w:val="00522277"/>
+    <w:rsid w:val="00555D18"/>
+    <w:rsid w:val="00590B65"/>
+    <w:rsid w:val="005E569E"/>
+    <w:rsid w:val="0065321B"/>
+    <w:rsid w:val="00673035"/>
+    <w:rsid w:val="00690ED5"/>
+    <w:rsid w:val="006D3CC2"/>
+    <w:rsid w:val="00734582"/>
+    <w:rsid w:val="00911B0A"/>
+    <w:rsid w:val="00B50E86"/>
+    <w:rsid w:val="00B66730"/>
+    <w:rsid w:val="00C53C83"/>
+    <w:rsid w:val="00CB6DCC"/>
+    <w:rsid w:val="00DC079D"/>
+    <w:rsid w:val="00E57760"/>
+    <w:rsid w:val="00F67B24"/>
+    <w:rsid w:val="00F82C46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6F96794D"/>
+  <w14:docId w14:val="415A79DC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{3F9735E2-A4E5-4320-AFFC-DE798F1C66BC}"/>
+  <w15:docId w15:val="{C21A1F09-2E97-47FE-9AED-C826648C93AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -394,94 +1967,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -697,171 +2274,205 @@
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -977,81 +2588,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACF18A5-2D5E-4BB3-9532-E65C54A4B285}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77B720F4-57D4-4F2D-B3CD-B5926A5D3DEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4</Characters>
+  <Pages>1</Pages>
+  <Words>118</Words>
+  <Characters>677</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9</CharactersWithSpaces>
+  <CharactersWithSpaces>794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Gimnazija</dc:creator>
+  <dc:creator>Astra Vaškienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>