--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -1,1516 +1,1134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C2C8A86" w14:textId="4D3C6046" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00325E2B" w:rsidP="0014243C">
+    <w:p w14:paraId="4E6C50D6" w14:textId="77777777" w:rsidR="009F2315" w:rsidRDefault="009F2315" w:rsidP="0014243C">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071264E">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="05C9ED4D" w14:textId="20462C08" w:rsidR="00D63D2C" w:rsidRPr="0071264E" w:rsidRDefault="009D619A" w:rsidP="0014243C">
+    <w:p w14:paraId="4DE43479" w14:textId="77777777" w:rsidR="00072847" w:rsidRDefault="00072847" w:rsidP="0014243C">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071264E">
+    </w:p>
+    <w:p w14:paraId="704D7FDA" w14:textId="77777777" w:rsidR="00925360" w:rsidRPr="003B5FE0" w:rsidRDefault="00925360" w:rsidP="0014243C">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2024-2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00325E2B" w:rsidRPr="0071264E">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C2C8A86" w14:textId="0445B5EF" w:rsidR="00A91AB7" w:rsidRPr="003B5FE0" w:rsidRDefault="00325E2B" w:rsidP="0014243C">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00325E2B" w:rsidRPr="0071264E">
+      </w:pPr>
+      <w:r w:rsidRPr="003B5FE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>m.m</w:t>
+        <w:t>Tarifikuotų k</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00325E2B" w:rsidRPr="0071264E">
+      <w:r w:rsidR="00A91AB7" w:rsidRPr="003B5FE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>onsultacijų tvarkaraštis</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02EEE" w:rsidRPr="003B5FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B66B3A6" w14:textId="6BF6BA72" w:rsidR="00065418" w:rsidRPr="003B5FE0" w:rsidRDefault="007A2715" w:rsidP="003B5FE0">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B5FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025-2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00325E2B" w:rsidRPr="003B5FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.m.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="4706"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A91AB7" w:rsidRPr="0071264E" w14:paraId="6A960E00" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D6B70D6" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Eil.Nr</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+              <w:t>Eil.Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4706" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD4A613" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2DD4A613" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mokytojo vardas pavardė, mokomasis dalykas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F3E2B2" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mokytojo vardas pavardė, mokomasis dalykas</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="51F3E2B2" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
+              <w:t>Klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144C9E8F" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Klasės</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="144C9E8F" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
+              <w:t>Kabinetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6B89E5" w14:textId="6C4F5BED" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="0014243C">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kabinetas</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Savaitės diena</w:t>
+            </w:r>
+            <w:r w:rsidR="002B57C0" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>(-os)</w:t>
+            </w:r>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Savaitės diena</w:t>
+              <w:t xml:space="preserve"> ir pamoka</w:t>
             </w:r>
             <w:r w:rsidR="002B57C0" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(-</w:t>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(-os)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A91AB7" w:rsidRPr="0071264E" w14:paraId="781E9887" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19A400DA" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="00A91AB7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43C15F6C" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="00A91AB7">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ramutė </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Lietuvių kalba ir literatūra)</w:t>
+              <w:t>Ramutė Damulienė (Lietuvių kalba ir literatūra)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3261208D" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00EF0611" w:rsidP="00A91AB7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="3261208D" w14:textId="1AE2440D" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="007A2715" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0611" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I kl. - 1 val.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3284F932" w14:textId="77777777" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A91AB7">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>III kl. – 1 val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73A9970F" w14:textId="28AF33A4" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A91AB7">
-[...14 lines deleted...]
-              <w:t>IV kl. – 2 val.</w:t>
+          <w:p w14:paraId="73A9970F" w14:textId="0310C3BC" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="007A2715">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C1516AE" w14:textId="770ACDA4" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="317A49E7" w14:textId="77777777" w:rsidR="00F75DEC" w:rsidRPr="0071264E" w:rsidRDefault="00D12AF0" w:rsidP="00A91AB7">
-[...112 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="47B90AEE" w14:textId="77777777" w:rsidR="00D12AF0" w:rsidRDefault="003948CC" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F818698" w14:textId="0B72E4C3" w:rsidR="003948CC" w:rsidRDefault="00405778" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 7 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6013F158" w14:textId="73DF6365" w:rsidR="00405778" w:rsidRPr="0071264E" w:rsidRDefault="00405778" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A91AB7" w:rsidRPr="0071264E" w14:paraId="3A4B3986" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48CE71E5" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="00A91AB7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32F44BF6" w14:textId="77777777" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A91AB7" w:rsidP="00A91AB7">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rita </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Lietuvių kalba ir literatūra)</w:t>
+              <w:t>Rita Barniškienė (Lietuvių kalba ir literatūra)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67C0D88B" w14:textId="05DDE5E5" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A91AB7">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="67C0D88B" w14:textId="3EDD50E4" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="0000031D" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II </w:t>
+            </w:r>
+            <w:r w:rsidR="00A7578A" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30147A13" w14:textId="7501AF3E" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A91AB7">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="30147A13" w14:textId="65AB03DC" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="0000031D" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7578A" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C9BE9B2" w14:textId="090C22A5" w:rsidR="00A91AB7" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75361522" w14:textId="77777777" w:rsidR="000A5D00" w:rsidRPr="0071264E" w:rsidRDefault="0000031D" w:rsidP="00A91AB7">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="76064EC7" w14:textId="77777777" w:rsidR="0000031D" w:rsidRDefault="00405778" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 7 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24610D62" w14:textId="5E4A6ABE" w:rsidR="00405778" w:rsidRPr="0071264E" w:rsidRDefault="00405778" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D71363" w:rsidRPr="0071264E" w14:paraId="63D0A34E" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72EAAA1C" w14:textId="77777777" w:rsidR="00D71363" w:rsidRPr="0071264E" w:rsidRDefault="00D71363" w:rsidP="00A91AB7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F8CEB9C" w14:textId="77777777" w:rsidR="00D71363" w:rsidRPr="0071264E" w:rsidRDefault="00D71363" w:rsidP="00A91AB7">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rima </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Lietuvių kalba ir literatūra)</w:t>
+              <w:t>Rima Česnauskienė (Lietuvių kalba ir literatūra)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="518BA1C3" w14:textId="77777777" w:rsidR="00A7578A" w:rsidRPr="0071264E" w:rsidRDefault="00A7578A" w:rsidP="00A7578A">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="4C3787D4" w14:textId="1D145EDB" w:rsidR="00D71363" w:rsidRPr="0071264E" w:rsidRDefault="004870FC" w:rsidP="00A7578A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7578A" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0962A6C9" w14:textId="75B1CC73" w:rsidR="00D71363" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20FCD6FF" w14:textId="77777777" w:rsidR="00D71363" w:rsidRPr="0071264E" w:rsidRDefault="00CC3710" w:rsidP="00A91AB7">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="28A52D89" w14:textId="1B889801" w:rsidR="00CC3710" w:rsidRPr="0071264E" w:rsidRDefault="00F30163" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B21D5" w:rsidRPr="0071264E" w14:paraId="3FAA9172" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="007A2715" w:rsidRPr="0071264E" w14:paraId="2B5888A1" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5615CC90" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="7149EFC4" w14:textId="77777777" w:rsidR="007A2715" w:rsidRPr="0071264E" w:rsidRDefault="007A2715" w:rsidP="00A91AB7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D55995D" w14:textId="4F907611" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Anglų k.)</w:t>
+          <w:p w14:paraId="3C8021EC" w14:textId="636A56CA" w:rsidR="007A2715" w:rsidRPr="0071264E" w:rsidRDefault="007A2715" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andžela Gramauskaitė (Lietuvių k. ir literatūra)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51989D52" w14:textId="7C8F20A4" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00CC3710" w:rsidP="001B21D5">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> kl. – 1 val.</w:t>
+          <w:p w14:paraId="428E50E4" w14:textId="77777777" w:rsidR="007A2715" w:rsidRDefault="00BA1E91" w:rsidP="00A7578A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I kl. – 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA22DFB" w14:textId="3D3DD629" w:rsidR="00F30163" w:rsidRPr="0071264E" w:rsidRDefault="00F30163" w:rsidP="00A7578A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEBC84D" w14:textId="52FF801A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
+          <w:p w14:paraId="5ACAC874" w14:textId="3784DFC2" w:rsidR="007A2715" w:rsidRPr="0071264E" w:rsidRDefault="00F30163" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>56</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A49969F" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00E940AF" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="36F9C5CA" w14:textId="77777777" w:rsidR="007A2715" w:rsidRDefault="00F30163" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3078F4EA" w14:textId="3995AF9C" w:rsidR="00F30163" w:rsidRPr="0071264E" w:rsidRDefault="00F30163" w:rsidP="00A91AB7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B21D5" w:rsidRPr="0071264E" w14:paraId="0304D7D8" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D9A8D1F" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D249568" w14:textId="740E3BB2" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ligita </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Anglų k.)</w:t>
+              <w:t>Ligita Erminaitė (Anglų k.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA89F97" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00CF4B0C" w:rsidP="001B21D5">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="7FA89F97" w14:textId="68C9A554" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00624D3F" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I kl. – 1 val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F84AAFE" w14:textId="666DC6E0" w:rsidR="00CF4B0C" w:rsidRPr="0071264E" w:rsidRDefault="008A25C1" w:rsidP="001B21D5">
-[...16 lines deleted...]
-            <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
+          <w:p w14:paraId="7F84AAFE" w14:textId="3192D387" w:rsidR="00CF4B0C" w:rsidRPr="0071264E" w:rsidRDefault="00CF4B0C" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IV kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FA0C7FD" w14:textId="38AB44CE" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B13BB0F" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="008A25C1" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="26166E23" w14:textId="77777777" w:rsidR="008A25C1" w:rsidRDefault="006713EE" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7624F62B" w14:textId="1AA5E007" w:rsidR="006713EE" w:rsidRPr="0071264E" w:rsidRDefault="006713EE" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="19315272" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BD935A2" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1518,4272 +1136,2802 @@
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06EB8297" w14:textId="497B4AB1" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00CF4B0C" w:rsidP="001B21D5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aušra</w:t>
             </w:r>
             <w:r w:rsidR="001B21D5" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Latakė (Anglų kalba)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0207DC05" w14:textId="35237D3B" w:rsidR="00CF4B0C" w:rsidRPr="0071264E" w:rsidRDefault="00142817" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="006713EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-II </w:t>
+            </w:r>
+            <w:r w:rsidR="00624D3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...39 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>II kl. – 1 val.</w:t>
-[...25 lines deleted...]
-              <w:t>IV kl. – 1 val.</w:t>
+              <w:t>kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02905B66" w14:textId="211970A3" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC1584" w14:textId="4629C28D" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00142817" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="770F18A4" w14:textId="3BE29633" w:rsidR="00142817" w:rsidRPr="0071264E" w:rsidRDefault="005F7660" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="6835DC71" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1434AFF7" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="444F5452" w14:textId="7FB2FE39" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inga </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Anglų kalba)</w:t>
+              <w:t>Inga Smulkienė (Anglų kalba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8BC8BB" w14:textId="55B287B9" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00CF4B0C" w:rsidP="001B21D5">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="0F8BC8BB" w14:textId="1DC20FB4" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00072847" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="0097645B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-II</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00A06203" w14:textId="511AF04E" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23DCC9C9" w14:textId="0476560B" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00A54AAC" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="23DCC9C9" w14:textId="30939A1A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="005F7660" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="691FE071" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7556B7C6" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AD50B7C" w14:textId="10CFC90C" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Daiva </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Matematika)</w:t>
+              <w:t>Daiva Vaškienė (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="470CF3E6" w14:textId="01E64716" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00CF4B0C" w:rsidP="001B21D5">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="470CF3E6" w14:textId="441580AE" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00A54AAC" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kl. – 1 val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A2664E4" w14:textId="5A6B17CF" w:rsidR="00CF4B0C" w:rsidRPr="0071264E" w:rsidRDefault="002E64E1" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>III-</w:t>
+          <w:p w14:paraId="7A2664E4" w14:textId="6EB3DB4B" w:rsidR="00CF4B0C" w:rsidRPr="0071264E" w:rsidRDefault="002E64E1" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III</w:t>
             </w:r>
             <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02EEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
             <w:r w:rsidR="00CF4B0C" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>kl</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DF97EA8" w14:textId="3AB5EC2A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31533856" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="002E64E1" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="17FAE7E6" w14:textId="77777777" w:rsidR="002E64E1" w:rsidRDefault="005F7660" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="577CC860" w14:textId="547F1249" w:rsidR="005F7660" w:rsidRPr="0071264E" w:rsidRDefault="005F7660" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="4524E8CD" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="60C3976E" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06F23987" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="3403D90A" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1595A7CB" w14:textId="0E607A0C" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Matematika)</w:t>
+          <w:p w14:paraId="12AA22F0" w14:textId="2636EA0A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jolanta Raišuotienė (Matematikia)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5965F9" w14:textId="6FACD708" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
-[...46 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="697A2291" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00072847">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68F3B511" w14:textId="363E9DFF" w:rsidR="00824D8F" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54ADABB7" w14:textId="02B7EE42" w:rsidR="00072847" w:rsidRPr="0071264E" w:rsidRDefault="00072847" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III kl. – 1 val.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="687630C1" w14:textId="43A0F8BF" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
+          <w:p w14:paraId="25A16CBD" w14:textId="1A4967BA" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19394551" w14:textId="3A760D0C" w:rsidR="008F6457" w:rsidRPr="0071264E" w:rsidRDefault="008F6457" w:rsidP="001B21D5">
-[...48 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="7CBB1CD9" w14:textId="77777777" w:rsidR="0000457B" w:rsidRDefault="0000457B" w:rsidP="0000457B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CD55FA8" w14:textId="29ED6B97" w:rsidR="0066401B" w:rsidRPr="0071264E" w:rsidRDefault="0000457B" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="60C3976E" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="59778AFA" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3403D90A" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="4A954A46" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="008C65FA" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12AA22F0" w14:textId="2636EA0A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="5C4F4E2C" w14:textId="23BD46A5" w:rsidR="001B21D5" w:rsidRPr="008C65FA" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daina Margelienė (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54ADABB7" w14:textId="467E82E5" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>II kl. – 2 val.</w:t>
+          <w:p w14:paraId="3F2D3A27" w14:textId="2B7D014F" w:rsidR="001B21D5" w:rsidRPr="008C65FA" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00072847" w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00072847" w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6976D9A7" w14:textId="74E80E71" w:rsidR="00824D8F" w:rsidRPr="008C65FA" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00072847" w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00072847" w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A16CBD" w14:textId="1A4967BA" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
+          <w:p w14:paraId="0F88DC8C" w14:textId="2E2DCE4E" w:rsidR="001B21D5" w:rsidRPr="008C65FA" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>49</w:t>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50EFED9A" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0066401B" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="12871E32" w14:textId="77777777" w:rsidR="0066401B" w:rsidRPr="008C65FA" w:rsidRDefault="008C65FA" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1081AA86" w14:textId="3575D677" w:rsidR="008C65FA" w:rsidRPr="008C65FA" w:rsidRDefault="008C65FA" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C65FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="59778AFA" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="4D59990B" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A954A46" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="5A1B90C7" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4F4E2C" w14:textId="23BD46A5" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Matematika)</w:t>
+          <w:p w14:paraId="6E8E1B13" w14:textId="2F4BE695" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Elvyra Klovienė (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2D3A27" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>III kl. – 2 val.</w:t>
+          <w:p w14:paraId="7F5CDA0F" w14:textId="0D9F0E62" w:rsidR="00824D8F" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I kl. - </w:t>
+            </w:r>
+            <w:r w:rsidR="00096474" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="171A6A60" w14:textId="1F85706E" w:rsidR="00753106" w:rsidRPr="0071264E" w:rsidRDefault="00753106" w:rsidP="00824D8F">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II kl. – 2 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65FAFA63" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00753106">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256B727D" w14:textId="0989D83C" w:rsidR="00753106" w:rsidRPr="0071264E" w:rsidRDefault="00753106" w:rsidP="00824D8F">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV kl. – 2 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F88DC8C" w14:textId="2E2DCE4E" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0094662A" w:rsidP="00FF607A">
+          <w:p w14:paraId="088BCAFA" w14:textId="77777777" w:rsidR="001E4170" w:rsidRDefault="0097645B" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEA0677" w14:textId="77777777" w:rsidR="0097645B" w:rsidRDefault="0097645B" w:rsidP="00FF607A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="487FB8A4" w14:textId="77777777" w:rsidR="0097645B" w:rsidRDefault="0097645B" w:rsidP="00FF607A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2613FBE1" w14:textId="0403170F" w:rsidR="0097645B" w:rsidRPr="0071264E" w:rsidRDefault="0097645B" w:rsidP="00FF607A">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3DE859" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0066401B" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="1746B164" w14:textId="77777777" w:rsidR="0000457B" w:rsidRDefault="0000457B" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis 7,8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6235409E" w14:textId="77777777" w:rsidR="0000457B" w:rsidRDefault="0000457B" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis 7,8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1198120E" w14:textId="77777777" w:rsidR="0000457B" w:rsidRDefault="0000457B" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 7,8 pa</w:t>
+            </w:r>
+            <w:r w:rsidR="004A12CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B2B1BD" w14:textId="637104E9" w:rsidR="004A12CA" w:rsidRPr="0071264E" w:rsidRDefault="004A12CA" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 7,8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="4D59990B" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="141EF50E" w14:textId="77777777" w:rsidTr="00542F3E">
+        <w:trPr>
+          <w:trHeight w:val="591"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1B90C7" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="01511EBB" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8E1B13" w14:textId="2F4BE695" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Matematika)</w:t>
+          <w:p w14:paraId="20149658" w14:textId="0DD9B647" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Renata Gudienė (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5CDA0F" w14:textId="6C82186F" w:rsidR="00824D8F" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
-[...40 lines deleted...]
-            <w:r w:rsidRPr="0071264E">
+          <w:p w14:paraId="50D88077" w14:textId="795662E7" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="004A12CA" w:rsidP="00824D8F">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>III-</w:t>
+            </w:r>
+            <w:r w:rsidR="00507073" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00824D8F" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kl. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00542F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00824D8F" w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256B727D" w14:textId="6A767103" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
-[...48 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="459B0D5E" w14:textId="76DCF95B" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00096474" w:rsidP="00FF607A">
+          <w:p w14:paraId="1CC53A0D" w14:textId="65C934AE" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>33</w:t>
-[...64 lines deleted...]
-              <w:t>33</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="001E4170" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA0F150" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00096474" w:rsidP="001B21D5">
-[...164 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="5550B43A" w14:textId="3477E099" w:rsidR="00507073" w:rsidRPr="0071264E" w:rsidRDefault="004A12CA" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="141EF50E" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="513D3F9D" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01511EBB" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="02ABE7B7" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20149658" w14:textId="0DD9B647" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>Renata Gudienė (Matematika)</w:t>
+          <w:p w14:paraId="17E511DA" w14:textId="74327497" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daiva Gedgaudaitė (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4F5D82" w14:textId="77777777" w:rsidR="00824D8F" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
-[...17 lines deleted...]
-          <w:p w14:paraId="50D88077" w14:textId="1C13FB16" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00824D8F" w:rsidP="00824D8F">
+          <w:p w14:paraId="48DA2D2E" w14:textId="6F3B2836" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00651AFC" w:rsidP="00FC1F8A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
-            <w:r w:rsidR="00507073" w:rsidRPr="0071264E">
+            <w:r w:rsidR="0097645B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-IV</w:t>
             </w:r>
-            <w:r w:rsidRPr="0071264E">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> val.</w:t>
+            <w:r w:rsidR="00542F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1F8A" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC53A0D" w14:textId="65C934AE" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="75042555" w14:textId="5ACCC821" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652E5091" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001E4170" w:rsidP="001B21D5">
-[...110 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="3B193619" w14:textId="186FF753" w:rsidR="008D33EF" w:rsidRPr="0071264E" w:rsidRDefault="004A12CA" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="513D3F9D" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00906159" w:rsidRPr="0071264E" w14:paraId="1D6FD187" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02ABE7B7" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="7F9F1D31" w14:textId="77777777" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E511DA" w14:textId="74327497" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>Daiva Gedgaudaitė (Matematika)</w:t>
+          <w:p w14:paraId="162FE67A" w14:textId="5DF46A55" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Artūras Domarkas (Matematika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7543F1C7" w14:textId="71CE480B" w:rsidR="00FC1F8A" w:rsidRPr="0071264E" w:rsidRDefault="00FC1F8A" w:rsidP="00FC1F8A">
-[...40 lines deleted...]
-              <w:t>IV kl. – 1 val.</w:t>
+          <w:p w14:paraId="46A98B98" w14:textId="72383A10" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00FC1F8A" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidR="00542F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75042555" w14:textId="5ACCC821" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="715D25AD" w14:textId="4672E67B" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D0F429" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00651AFC" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="1D7B476D" w14:textId="114B35D8" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="000D679E" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Penktadienis 8 pm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906159" w:rsidRPr="0071264E" w14:paraId="1D6FD187" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00906159" w:rsidRPr="0071264E" w14:paraId="5808C028" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9F1D31" w14:textId="77777777" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
+          <w:p w14:paraId="3DB87CA2" w14:textId="77777777" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="162FE67A" w14:textId="5DF46A55" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>Artūras Domarkas (Matematika)</w:t>
+          <w:p w14:paraId="699218FB" w14:textId="72509A57" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Artūras Domarkas (Fizika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46A98B98" w14:textId="0651C457" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00FC1F8A" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>II kl. – 1 val.</w:t>
+          <w:p w14:paraId="16D7586D" w14:textId="77777777" w:rsidR="00C11C15" w:rsidRPr="0071264E" w:rsidRDefault="00C11C15" w:rsidP="00C11C15">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I kl. - 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E681275" w14:textId="69A4D148" w:rsidR="00C11C15" w:rsidRPr="0071264E" w:rsidRDefault="00C11C15" w:rsidP="00C11C15">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidR="005F20E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl. – 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D555FD" w14:textId="5998E992" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00C11C15" w:rsidP="00C11C15">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="715D25AD" w14:textId="4672E67B" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="2750879B" w14:textId="59E790B1" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7B476D" w14:textId="6391F24E" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="008D33EF" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="25C0B2D8" w14:textId="77777777" w:rsidR="00EE506D" w:rsidRDefault="000D679E" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antradienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9197E7" w14:textId="77777777" w:rsidR="000D679E" w:rsidRDefault="000D679E" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="576EFDBA" w14:textId="187D48A5" w:rsidR="000D679E" w:rsidRPr="0071264E" w:rsidRDefault="000D679E" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906159" w:rsidRPr="0071264E" w14:paraId="5808C028" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="2D02DDD9" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB87CA2" w14:textId="77777777" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
+          <w:p w14:paraId="35BE3E68" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699218FB" w14:textId="72509A57" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00906159" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>Artūras Domarkas (Fizika)</w:t>
+          <w:p w14:paraId="5E6CE37C" w14:textId="4EAFCAE7" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jolanta Mieliauskienė (Istorija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D7586D" w14:textId="77777777" w:rsidR="00C11C15" w:rsidRPr="0071264E" w:rsidRDefault="00C11C15" w:rsidP="00C11C15">
-[...50 lines deleted...]
-              <w:t>IV kl. – 1 val.</w:t>
+          <w:p w14:paraId="08C8B02D" w14:textId="096DD901" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="007F12C1" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III - </w:t>
+            </w:r>
+            <w:r w:rsidR="00880713" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1F8A" w:rsidRPr="0071264E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2750879B" w14:textId="59E790B1" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="161B6EA4" w14:textId="3B83CCC9" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071264E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>52</w:t>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBFAD24" w14:textId="528C0C7B" w:rsidR="00906159" w:rsidRPr="0071264E" w:rsidRDefault="00EE506D" w:rsidP="001B21D5">
-[...104 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="35703736" w14:textId="7F4AE3AD" w:rsidR="00880713" w:rsidRPr="0071264E" w:rsidRDefault="007F12C1" w:rsidP="001B21D5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00286F99" w:rsidRPr="0071264E" w14:paraId="7C42D65F" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0014243C" w14:paraId="5FE72443" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434BE614" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0071264E" w:rsidRDefault="00286F99" w:rsidP="001B21D5">
+          <w:p w14:paraId="0553E72D" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C660BC" w14:textId="4ECD2B3F" w:rsidR="00286F99" w:rsidRPr="0071264E" w:rsidRDefault="00286F99" w:rsidP="001B21D5">
-[...14 lines deleted...]
-              <w:t>Paulius Razgaitis (Fizika)</w:t>
+          <w:p w14:paraId="7ED854E1" w14:textId="5A10E51F" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ingrida Tamošauskienė (Geografija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4279F379" w14:textId="443A3818" w:rsidR="00286F99" w:rsidRPr="0071264E" w:rsidRDefault="00286F99" w:rsidP="001B21D5">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> – 1 val.</w:t>
+          <w:p w14:paraId="61825D21" w14:textId="5809155D" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00872DC3" w:rsidP="00872DC3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="005F20E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl. - 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7E475E" w14:textId="508BBB0A" w:rsidR="00286F99" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="613BAE3A" w14:textId="5CE982BE" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>51</w:t>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1684B5E5" w14:textId="7AF365F2" w:rsidR="00286F99" w:rsidRPr="0071264E" w:rsidRDefault="0059743E" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="4997CED9" w14:textId="62D8822A" w:rsidR="00B9295A" w:rsidRPr="0014243C" w:rsidRDefault="00A87654" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pirmadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B21D5" w:rsidRPr="0071264E" w14:paraId="4E222D21" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0014243C" w14:paraId="3CBFA582" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D7B71A" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="4166F87B" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559816EB" w14:textId="269CC776" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Informatika)</w:t>
+          <w:p w14:paraId="26574DDE" w14:textId="5532BF76" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sigita Juzaitienė (Geografija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46B4113C" w14:textId="582B5EB7" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0059743E" w:rsidP="001B21D5">
-[...22 lines deleted...]
-              <w:t>IV kl. – 1 val.</w:t>
+          <w:p w14:paraId="76BF60F5" w14:textId="68D6E160" w:rsidR="00872DC3" w:rsidRPr="0014243C" w:rsidRDefault="00A87654" w:rsidP="00872DC3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I - </w:t>
+            </w:r>
+            <w:r w:rsidR="00872DC3" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II kl. – 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="522F454F" w14:textId="1BCF4B9D" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00A87654" w:rsidP="00872DC3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III - </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9295A" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+            <w:r w:rsidR="00872DC3" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0505F8CD" w14:textId="7A78B0D6" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="7A82CBBA" w14:textId="762B9839" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>53</w:t>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51268752" w14:textId="28A0BB9A" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="0059743E" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="7D416386" w14:textId="77777777" w:rsidR="00286F99" w:rsidRDefault="00330EB4" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CE8B38" w14:textId="3EBBF48B" w:rsidR="00330EB4" w:rsidRPr="0014243C" w:rsidRDefault="00330EB4" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="2D02DDD9" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0014243C" w14:paraId="7832BF8F" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35BE3E68" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="1F3D2E9E" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6CE37C" w14:textId="4EAFCAE7" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Istorija)</w:t>
+          <w:p w14:paraId="09321455" w14:textId="69A0AAAF" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00EF0611" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sigita Žilinskienė (Chemija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41704AAE" w14:textId="2B35C63A" w:rsidR="00FC1F8A" w:rsidRPr="0071264E" w:rsidRDefault="00880713" w:rsidP="00FC1F8A">
-[...56 lines deleted...]
-              <w:t>kl. – 1 val.</w:t>
+          <w:p w14:paraId="6A26624E" w14:textId="15CA0C30" w:rsidR="00787E0E" w:rsidRPr="0014243C" w:rsidRDefault="00330EB4" w:rsidP="00787E0E">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I - </w:t>
+            </w:r>
+            <w:r w:rsidR="009A0E37" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II </w:t>
+            </w:r>
+            <w:r w:rsidR="00787E0E" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kl. - 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D1D277" w14:textId="25BA5336" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00787E0E" w:rsidP="00787E0E">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00091CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidR="00330EB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00091CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="161B6EA4" w14:textId="3B83CCC9" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="10840716" w14:textId="017BC3AA" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>35</w:t>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="278BA995" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00880713" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="0CC3DAF1" w14:textId="77777777" w:rsidR="00091CC0" w:rsidRDefault="00091CC0" w:rsidP="00091CC0">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34108107" w14:textId="50B2F65D" w:rsidR="00B60014" w:rsidRPr="0014243C" w:rsidRDefault="00091CC0" w:rsidP="00091CC0">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0071264E" w14:paraId="3CB4F626" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="00787E0E" w:rsidRPr="0014243C" w14:paraId="42F04C4F" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62058F64" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
+          <w:p w14:paraId="4DEBBEDE" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5AED10" w14:textId="7D5BE217" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="001B21D5" w:rsidP="001B21D5">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Istorija)</w:t>
+          <w:p w14:paraId="68063678" w14:textId="7589F394" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00EF0611" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Aurelija Lukočienė (Chemija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA5FF80" w14:textId="617BACE5" w:rsidR="00872DC3" w:rsidRPr="0071264E" w:rsidRDefault="00EB599E" w:rsidP="00872DC3">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> kl. – 1 val.</w:t>
+          <w:p w14:paraId="7ED93C97" w14:textId="10E9B75E" w:rsidR="00787E0E" w:rsidRPr="0014243C" w:rsidRDefault="003E0240" w:rsidP="00787E0E">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00091CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - II</w:t>
+            </w:r>
+            <w:r w:rsidR="00787E0E" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00091CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidR="00787E0E" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l. – 1 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5164820B" w14:textId="20A2FF1C" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00091CC0" w:rsidP="00787E0E">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III - </w:t>
+            </w:r>
+            <w:r w:rsidR="00787E0E" w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IV kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7557D290" w14:textId="15F08D44" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="17DDC1C8" w14:textId="26809D98" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071264E">
-[...5 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidRPr="0014243C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="011F1A78" w14:textId="77777777" w:rsidR="001B21D5" w:rsidRPr="0071264E" w:rsidRDefault="00EB599E" w:rsidP="001B21D5">
-[...68 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="7CA22B11" w14:textId="77777777" w:rsidR="00091CC0" w:rsidRDefault="00091CC0" w:rsidP="00091CC0">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="315FCAB5" w14:textId="745B30D8" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00091CC0" w:rsidP="00091CC0">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ketvirtadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00787E0E" w:rsidRPr="0014243C" w14:paraId="5FE72443" w14:textId="77777777" w:rsidTr="00FF607A">
+      <w:tr w:rsidR="002B7E0A" w:rsidRPr="0014243C" w14:paraId="7DE2ACA0" w14:textId="77777777" w:rsidTr="00FF607A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0553E72D" w14:textId="77777777" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
+          <w:p w14:paraId="581F07D6" w14:textId="77777777" w:rsidR="002B7E0A" w:rsidRPr="0014243C" w:rsidRDefault="002B7E0A" w:rsidP="00286F99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4706" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED854E1" w14:textId="5A10E51F" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00286F99" w:rsidP="00286F99">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (Geografija)</w:t>
+          <w:p w14:paraId="397C874A" w14:textId="4638AD8A" w:rsidR="002B7E0A" w:rsidRPr="0014243C" w:rsidRDefault="0088725C" w:rsidP="00286F99">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalia </w:t>
+            </w:r>
+            <w:r w:rsidR="009F21D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>aukšienė</w:t>
+            </w:r>
+            <w:r w:rsidR="009F21D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (biologija)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA0E4F5" w14:textId="31F5655E" w:rsidR="00872DC3" w:rsidRPr="0014243C" w:rsidRDefault="00872DC3" w:rsidP="00872DC3">
-[...50 lines deleted...]
-            <w:r w:rsidR="00872DC3" w:rsidRPr="0014243C">
+          <w:p w14:paraId="795F06F5" w14:textId="779269D6" w:rsidR="002B7E0A" w:rsidRPr="0014243C" w:rsidRDefault="009F21D9" w:rsidP="00787E0E">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IV kl. – 1 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="613BAE3A" w14:textId="5CE982BE" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00DE677E" w:rsidP="00FF607A">
+          <w:p w14:paraId="4D9AE67B" w14:textId="7A67A0E7" w:rsidR="002B7E0A" w:rsidRPr="0014243C" w:rsidRDefault="009F21D9" w:rsidP="00FF607A">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0014243C">
-[...5 lines deleted...]
-              <w:t>58</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62E101FB" w14:textId="53FCA23D" w:rsidR="00286F99" w:rsidRPr="0014243C" w:rsidRDefault="00B9295A" w:rsidP="00286F99">
-[...775 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="4A88D1BA" w14:textId="21B54A46" w:rsidR="002B7E0A" w:rsidRPr="0014243C" w:rsidRDefault="003B5FE0" w:rsidP="003E0240">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trečiadienis 8 pam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6627D0FE" w14:textId="3B867687" w:rsidR="00784289" w:rsidRPr="0014243C" w:rsidRDefault="00784289">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00784289" w:rsidRPr="0014243C" w:rsidSect="00FF607A">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="426" w:right="1134" w:bottom="567" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57506B90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A3ECFC8"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6017,202 +4165,237 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1498962736">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="688264038">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1765105104">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A91AB7"/>
     <w:rsid w:val="0000031D"/>
+    <w:rsid w:val="0000457B"/>
+    <w:rsid w:val="00010BB4"/>
     <w:rsid w:val="00017607"/>
+    <w:rsid w:val="00065418"/>
+    <w:rsid w:val="00072847"/>
+    <w:rsid w:val="0008430E"/>
+    <w:rsid w:val="00091CC0"/>
     <w:rsid w:val="00096474"/>
     <w:rsid w:val="000A5D00"/>
     <w:rsid w:val="000A771B"/>
     <w:rsid w:val="000D2588"/>
+    <w:rsid w:val="000D679E"/>
+    <w:rsid w:val="000E0750"/>
     <w:rsid w:val="00113704"/>
     <w:rsid w:val="00121D7E"/>
     <w:rsid w:val="0014243C"/>
     <w:rsid w:val="00142817"/>
     <w:rsid w:val="00195E4D"/>
     <w:rsid w:val="001B21D5"/>
     <w:rsid w:val="001E4170"/>
     <w:rsid w:val="002052D3"/>
     <w:rsid w:val="002227CC"/>
     <w:rsid w:val="00232308"/>
+    <w:rsid w:val="0024386F"/>
     <w:rsid w:val="00255AC2"/>
     <w:rsid w:val="00275E2C"/>
     <w:rsid w:val="00283EA0"/>
     <w:rsid w:val="00286F99"/>
     <w:rsid w:val="002B57C0"/>
+    <w:rsid w:val="002B7E0A"/>
     <w:rsid w:val="002E64E1"/>
     <w:rsid w:val="00312D53"/>
     <w:rsid w:val="00313CB5"/>
     <w:rsid w:val="00325E2B"/>
+    <w:rsid w:val="00330EB4"/>
     <w:rsid w:val="00354C20"/>
+    <w:rsid w:val="003948CC"/>
+    <w:rsid w:val="003B5FE0"/>
     <w:rsid w:val="003E0240"/>
     <w:rsid w:val="003E4BC4"/>
     <w:rsid w:val="003F3726"/>
     <w:rsid w:val="004015D5"/>
+    <w:rsid w:val="00405778"/>
     <w:rsid w:val="004870FC"/>
     <w:rsid w:val="004962C2"/>
+    <w:rsid w:val="004A12CA"/>
     <w:rsid w:val="004A3237"/>
     <w:rsid w:val="00507073"/>
     <w:rsid w:val="00524B14"/>
+    <w:rsid w:val="00542F3E"/>
     <w:rsid w:val="0059743E"/>
     <w:rsid w:val="005A45DA"/>
     <w:rsid w:val="005B69E7"/>
     <w:rsid w:val="005F071A"/>
+    <w:rsid w:val="005F20E8"/>
+    <w:rsid w:val="005F7660"/>
+    <w:rsid w:val="00624D3F"/>
     <w:rsid w:val="00625315"/>
     <w:rsid w:val="006257B9"/>
     <w:rsid w:val="00635B86"/>
     <w:rsid w:val="00651AFC"/>
     <w:rsid w:val="0066401B"/>
+    <w:rsid w:val="006713EE"/>
     <w:rsid w:val="006B4297"/>
     <w:rsid w:val="0071264E"/>
     <w:rsid w:val="007127C4"/>
+    <w:rsid w:val="00753106"/>
     <w:rsid w:val="00754943"/>
     <w:rsid w:val="007769C2"/>
     <w:rsid w:val="00784289"/>
     <w:rsid w:val="00787E0E"/>
+    <w:rsid w:val="007A2715"/>
     <w:rsid w:val="007C2551"/>
     <w:rsid w:val="007F0309"/>
+    <w:rsid w:val="007F12C1"/>
     <w:rsid w:val="00824D8F"/>
     <w:rsid w:val="00872DC3"/>
     <w:rsid w:val="00880713"/>
+    <w:rsid w:val="0088725C"/>
     <w:rsid w:val="008A25C1"/>
+    <w:rsid w:val="008C65FA"/>
     <w:rsid w:val="008D33EF"/>
     <w:rsid w:val="008F6457"/>
     <w:rsid w:val="00906159"/>
     <w:rsid w:val="009238E3"/>
+    <w:rsid w:val="00925360"/>
     <w:rsid w:val="0094662A"/>
     <w:rsid w:val="00953AAC"/>
     <w:rsid w:val="00962C63"/>
+    <w:rsid w:val="0097645B"/>
     <w:rsid w:val="009A0E37"/>
     <w:rsid w:val="009C26DC"/>
     <w:rsid w:val="009D619A"/>
+    <w:rsid w:val="009F21D9"/>
+    <w:rsid w:val="009F2315"/>
     <w:rsid w:val="00A54AAC"/>
     <w:rsid w:val="00A57D3E"/>
     <w:rsid w:val="00A7578A"/>
+    <w:rsid w:val="00A87654"/>
     <w:rsid w:val="00A91AB7"/>
     <w:rsid w:val="00AE1808"/>
     <w:rsid w:val="00B1564D"/>
     <w:rsid w:val="00B60014"/>
     <w:rsid w:val="00B9295A"/>
+    <w:rsid w:val="00BA1E91"/>
     <w:rsid w:val="00BC5F4B"/>
     <w:rsid w:val="00BF1660"/>
     <w:rsid w:val="00C0615A"/>
     <w:rsid w:val="00C11C15"/>
     <w:rsid w:val="00C16D5F"/>
+    <w:rsid w:val="00C32627"/>
+    <w:rsid w:val="00C47F8E"/>
     <w:rsid w:val="00C75944"/>
     <w:rsid w:val="00CC3710"/>
     <w:rsid w:val="00CF4B0C"/>
     <w:rsid w:val="00D12AF0"/>
     <w:rsid w:val="00D455CD"/>
     <w:rsid w:val="00D63D2C"/>
     <w:rsid w:val="00D71363"/>
     <w:rsid w:val="00DC69C3"/>
     <w:rsid w:val="00DE677E"/>
     <w:rsid w:val="00E940AF"/>
     <w:rsid w:val="00EB599E"/>
     <w:rsid w:val="00EE506D"/>
     <w:rsid w:val="00EF0611"/>
+    <w:rsid w:val="00F02EEE"/>
     <w:rsid w:val="00F04C98"/>
+    <w:rsid w:val="00F30163"/>
     <w:rsid w:val="00F75DEC"/>
     <w:rsid w:val="00F8117E"/>
     <w:rsid w:val="00F85CBC"/>
     <w:rsid w:val="00FB36E5"/>
     <w:rsid w:val="00FC0E45"/>
     <w:rsid w:val="00FC137B"/>
     <w:rsid w:val="00FC1F8A"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FF3AFE"/>
     <w:rsid w:val="00FF607A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5701667B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FC577715-6B67-4AC7-9D24-D110491DD290}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6657,51 +4840,51 @@
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007769C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FD6D45"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -6981,73 +5164,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DA4EA29-BE8B-43DA-8E09-F98387E954B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1099</Characters>
+  <Pages>2</Pages>
+  <Words>1521</Words>
+  <Characters>867</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3020</CharactersWithSpaces>
+  <CharactersWithSpaces>2384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Neringa Sakalauskaitė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>