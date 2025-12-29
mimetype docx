--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -1,794 +1,980 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="3F7BE0A7" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
-[...5 lines deleted...]
-    <w:p w14:paraId="0E664C46" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="7BBE9636" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKINIO PASIRINKTO DALYKO, DALYKO KURSO, DALYKO MODULIO AR GRUPĖS KEITIMO TVARKA III - IV GIMNAZIJOS KLASIŲ MOKINIAMS </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0588D899" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:t xml:space="preserve">PASIRINKTO DALYKO, DALYKO KURSO, DALYKO MODULIO AR GRUPĖS KEITIMO TVARKA MOKINIAMS, KURIE MOKOSI PAGAL VIDURINIO UGDYMO PROGRAMĄ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5995894E" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>2024-2025  M. M.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DEA1DC7" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:t>2025-2026 m. m.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C1608F" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49853DF9" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="0DA22505" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Atlikti pakeitimus individualiame ugdymo plane mokiniui, esant galimybėms, galima tik vieną kartą per dvejus mokymosi metus: III klasės 1-ojo arba 2-ojo pusmečio pabaigoje, o IV </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>klasės I-ojo pusmečio pabaigoje galima tik atsisakyti pasirinkto mokomojo dalyko.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005270B2">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2072E6D8" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005270B2">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinys, pageidaujantis keisti lietuvių kalbos ir literatūros bei matematikos dalykų bendrojo kurso (žymima raide B) programą į išplėstinio kurso programą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>privalo iki 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. sausio 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įskaitytinai (jei keičia 1- ojo pusmečio pabaigoje) arba iki 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>gegužės 29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įskaitytinai (jei keičia 2- ojo pusmečio pabaigoje) atsiskaityti, t. y. išlaikyti įskaitą pagal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="17A75BD7" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRPr="00054B72" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>išplėstinio kurso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (žymima raide A)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalyko programą.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pusmečio ar metiniu įvertinimu laikomas įskaitos pagal A kurso dalyko programą įvertinimas. Neatsiskaičius (neišlaikius įskaitos) keitimas neatliekamas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730E9E85" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinys, pageidaujantis keisti lietuvių kalbos ir literatūros bei matematikos dalykų išplėstinio kurso programą į bendrojo kurso programą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>privalo iki 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. sausio 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įskaitytinai (jei keičia 1- ojo pusmečio pabaigoje) arba iki 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>gegužės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. įskaitytinai (jei keičia 2- ojo pusmečio pabaigoje) atsiskaityti, t. y. išlaikyti įskaitą pagal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>bendrojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054B72">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kurso dalyko programą.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pusmečio ar metiniu įvertinimu laikomas įskaitos pagal B kurso dalyko programą įvertinimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E43B0C" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Norėdamas pasirinkti naują dalyką, mokinys privalo iki 2026 m. sausio 23 d. įskaitytinai (jei renkasi 1- ojo pusmečio pabaigoje) arba iki 2026 m. gegužės 29 d. įskaitytinai (jei renkasi 2- ojo pusmečio pabaigoje) atsiskaityti (išlaikyti įskaitą) už praėjusio laikotarpio dalyko programą. Neatsiskaičius (neišlaikius įskaitos) keitimas neatliekamas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B9F008" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Įskaitos pažymys įrašomas prieš pusmečio įvertinimą. Pusmečio ar metiniu įvertinimu laikomas gimnazijos organizuoto mokymosi pasiekimų patikrinimo  pagal bendrojo arba išplėstinio kurso dalyko ar dalyko  programą (įskaitos) įvertinimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703A5758" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="0A7B0D8B" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRPr="00054B72" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mokinys, pageidaujantis atlikti pakeitimus, su klasės vadovu aptaria ugdymo plano, grupių pakeitimų galimybes ir pildo specialios formos motyvuotą prašymą gimnazijos direktoriui. Prašymo formą išduoda direktoriaus pavaduotojas ugdymui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0935AF27" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="2DC33715" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Klasės vadovas organizuoja keičiamo dalyko mokytojo, mokinio ir tėvų (globėjų, rūpintojų)  susitikimą, aptaria numatomo pakeitimo priežastis ir galimybes. Mokinys užbaigia pildyti prašymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8D1919" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...58 lines deleted...]
-        </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Prašymas pateikiamas direktoriaus pavaduotojui ugdymui ir registruojamas raštinėje:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5977E0" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="1F08BB30" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F589C2C" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>iki 2025-11-12 įskaitytinai, jei pakeitimus nori atlikti 1-ojo pusmečio pabaigoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D01D184" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="056C2EFC" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>iki 2026-04-03 įskaitytinai, jei pakeitimus nori atlikti 2-ojo pusmečio pabaigoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CF8DD2" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Gimnazijos direktoriaus pavaduotojas numato pakeitimo galimybes, paskelbia gimnazijos mokiniams ir mokytojams numatomus pasikeitimus grupėse ir nurodo mokytojus, kurie organizuos atsiskaitymus ir įskaitas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22533BB6" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="6A807519" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6E267780" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mokinys kreipiasi į nurodytus mokytojus dėl atsiskaitymo užduočių ir, savarankiškai pasirengęs bei sutaręs su mokytoju, iki nurodytos datos laiko įskaitas. Mokiniui neišlaikius įskaitos keičiant dalyko kursą iš B į A ar/ir renkantis naują dalyką,  pakeitimai neatliekami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1928AE" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Gimnazijos direktorius paskutinę pusmečio dieną rašo įsakymą dėl dalykų, dalykų kursų, modulių, grupių pakeitimo, paskelbia mokiniams ir mokytojams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C36727" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="293A8AEE" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t>Klasės vadovas bendradarbiauja su mokytojais, organizuojančiais įskaitas mokiniams,  koreguoja mokinio aplanke esantį individualų planą, informuoja mokinio tėvus apie pakeitimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67593488" w14:textId="77777777" w:rsidR="00BB7AC1" w:rsidRPr="005270B2" w:rsidRDefault="00BB7AC1" w:rsidP="00BB7AC1">
+    <w:p w14:paraId="45F09FA2" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="780"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="01058F42" w14:textId="77777777" w:rsidR="00B505C8" w:rsidRDefault="00B505C8"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pakeitimai atliekami pagal galimybes, atsižvelgiant į tvarkaraštį, mokinių skaičių grupėje, tarifikacinius pasikeitimus, pageidaujamo pakeitimo motyvaciją ir kt. Vieno dalyko pakeitimas gali  daryti įtaką kitų dalykų (mokytojų, grupių) pasikeitimui. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B28D528" w14:textId="77777777" w:rsidR="00723F02" w:rsidRPr="00CD66F3" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD66F3">
+        <w:t xml:space="preserve">Mokiniui, turinčiam nepatenkinamą dalyko metinį įvertinimą, užtikrinant individualaus ugdymo plano reikalavimus,  mokytojų tarybos sprendimu </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">gali būti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD66F3">
+        <w:t>žeminamas lietuvių kalbos ir literatūros ar/ir matematikos kursas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28862810" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBBC10F" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">         87. Pagal Lietuvos kariuomenės Karo komendantūrų valdybos Karo prievolės ir komplektavimo tarnybos atstovų pageidavimą gimnazija kartą per mokslo metus organizuoja tiesioginį susitikimą su III ir IV gimnazijų klasių mokiniais, kurio metu būtų pristatoma Lietuvos kariuomenė ir tarnybos galimybės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66EA2EB8" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">         88. Laikinųjų grupių sudarymo principai atsispindi ugdymo plano 18.5. punkte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410F339E" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">         89. Mokiniai, išlaikę užsienio kalbos tarptautinį egzaminą, nuo dalyko mokymosi nėra atleidžiami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3C0804" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">         90. Mokiniui, atvykusiam iš kitos mokyklos, gimnazija pagal galimybes sudaro sąlygas tęsti individualaus ugdymo plano įgyvendinimą. Mokiniui gali būti pasiūloma keisti pasirinktus mokytis dalykus, dalykų modulius, jei nėra galimybės užtikrinti jų mokymosi tęstinumo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0C7691" w14:textId="77777777" w:rsidR="00723F02" w:rsidRDefault="00723F02" w:rsidP="00723F02">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="168E04CA" w14:textId="77777777" w:rsidR="00B505C8" w:rsidRDefault="00B505C8"/>
     <w:sectPr w:rsidR="00B505C8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="057C2461"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="349F6573"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D422D2E6"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5612276B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC3A55EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04270001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A790D8F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0BBEF694"/>
+    <w:lvl w:ilvl="0" w:tplc="04270001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4D123616">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...9 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1080"/>
-[...55 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="2087876799">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2070615663">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="339234567">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BB7AC1"/>
+    <w:rsidRoot w:val="00723F02"/>
+    <w:rsid w:val="00127300"/>
+    <w:rsid w:val="001F1037"/>
+    <w:rsid w:val="00723F02"/>
     <w:rsid w:val="00B505C8"/>
-    <w:rsid w:val="00BB7AC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7701CE82"/>
+  <w14:docId w14:val="1B8D921F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FDA2CB18-D692-475D-B3A3-E6B3303E3B19}"/>
+  <w15:docId w15:val="{4D657F72-A74B-408E-94DD-526A930CF85F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1142,611 +1328,611 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat2Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat3Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat4Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat5Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat6Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat7Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat8Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat9Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
     <w:name w:val="Antraštė 1 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
     <w:name w:val="Antraštė 2 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
     <w:name w:val="Antraštė 3 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
     <w:name w:val="Antraštė 4 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
     <w:name w:val="Antraštė 5 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
     <w:name w:val="Antraštė 6 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
     <w:name w:val="Antraštė 7 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
     <w:name w:val="Antraštė 8 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
     <w:name w:val="Antraštė 9 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="PavadinimasDiagrama"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
     <w:name w:val="Pavadinimas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Pavadinimas"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paantrat">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="PaantratDiagrama"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
     <w:name w:val="Paantraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Paantrat"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citata">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="CitataDiagrama"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
     <w:name w:val="Citata Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Citata"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rykuspabraukimas">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Iskirtacitata">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="IskirtacitataDiagrama"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
     <w:name w:val="Išskirta citata Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Iskirtacitata"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rykinuoroda">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PagrindinistekstasDiagrama"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:pPr>
       <w:autoSpaceDN/>
       <w:spacing w:after="120"/>
       <w:textAlignment w:val="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Mincho"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PagrindinistekstasDiagrama">
     <w:name w:val="Pagrindinis tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Pagrindinistekstas"/>
-    <w:rsid w:val="00BB7AC1"/>
+    <w:rsid w:val="00723F02"/>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Mincho"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="ar-SA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -2009,57 +2195,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2038</Words>
-  <Characters>1163</Characters>
+  <Words>3038</Words>
+  <Characters>1733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3195</CharactersWithSpaces>
+  <CharactersWithSpaces>4762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Neringa Sakalauskaitė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>