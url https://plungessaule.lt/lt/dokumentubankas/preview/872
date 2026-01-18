--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -1,687 +1,540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\estas\Desktop\Photo\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C239E000-F1E0-4B8F-8C77-BBDEB61AAF50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{77F265A8-D8EC-42EE-A168-3A19F071C4DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4110" yWindow="4110" windowWidth="21600" windowHeight="11295" tabRatio="296" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
     <sheet name="Lapas2" sheetId="2" r:id="rId2"/>
     <sheet name="Lapas3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="57">
   <si>
     <t xml:space="preserve">Plungės ,,Saulės" gimnazijos  N.Š. programų </t>
   </si>
   <si>
-    <t xml:space="preserve">TVARKARAŠTIS </t>
+    <t xml:space="preserve">     2025 - 2026 m. m.</t>
   </si>
   <si>
     <t xml:space="preserve">Nr. </t>
   </si>
   <si>
     <t>Mokytojas</t>
   </si>
   <si>
     <t>N.Š. pavadinimas</t>
   </si>
   <si>
     <t xml:space="preserve">Val. </t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
     <t>IV</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t xml:space="preserve">R. Damulienė </t>
   </si>
   <si>
     <t>Filologų studija</t>
   </si>
   <si>
-    <t xml:space="preserve"> 8p. 29 kab. </t>
+    <t xml:space="preserve"> 8 ir 9 p. 29 kab. </t>
   </si>
   <si>
     <t xml:space="preserve">I.Zaborskienė </t>
   </si>
   <si>
     <t xml:space="preserve">Dailės studija ,,Poike"  I - II kl. </t>
   </si>
   <si>
     <t xml:space="preserve">8 ir 9 p. 50 kab. </t>
   </si>
   <si>
     <t>Dailės studija ,,Poike" III - IV kl.</t>
   </si>
   <si>
-    <t xml:space="preserve">B.Valužienė </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">8p.   46 kb. </t>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taikomoji  braižyba </t>
   </si>
   <si>
     <t xml:space="preserve">V. Raibužis </t>
   </si>
   <si>
+    <t xml:space="preserve">Šiuolaikinės technologijos </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8 ir 9 p.   19 kb. </t>
+  </si>
+  <si>
     <t xml:space="preserve">V.Raibužis </t>
   </si>
   <si>
-    <t xml:space="preserve">Renginių įgarsinimas </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">8 ir 9 pamokas gimnazijos fojė prie aktų salės </t>
+    <t xml:space="preserve">Kūrybinės dirbtuvės </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8 ir 9 p.        19 kb. </t>
   </si>
   <si>
     <t>J.Mažuknė</t>
   </si>
   <si>
     <t>Tolerancijos klubas</t>
   </si>
   <si>
     <t xml:space="preserve">8  ir 9 p. 47 kab. </t>
   </si>
   <si>
     <t xml:space="preserve">J.Mažuknė </t>
   </si>
   <si>
     <t xml:space="preserve">Jaunieji maltiečiai </t>
   </si>
   <si>
-    <t>V.Račkauskas</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">V.Grimalienė </t>
   </si>
   <si>
     <t xml:space="preserve">Diskusijų kllubas </t>
   </si>
   <si>
+    <t xml:space="preserve"> 8  ir  9 p.    9 kab.   </t>
+  </si>
+  <si>
     <t>M.Aniščenko</t>
   </si>
   <si>
     <t xml:space="preserve">Šokių studija </t>
   </si>
   <si>
-    <t>Nr</t>
+    <t xml:space="preserve">8 ir 9  p.  Šokių  salėje </t>
   </si>
   <si>
     <t xml:space="preserve">D. Pečiulienė </t>
   </si>
   <si>
     <t xml:space="preserve">Stalo tenisas </t>
   </si>
   <si>
+    <t xml:space="preserve">8 ir 9 pamokas gimnazijos fojė prie sporto  salės </t>
+  </si>
+  <si>
     <t>D.Pečiulienė</t>
   </si>
   <si>
     <t xml:space="preserve">Sportiniai žaidimai </t>
   </si>
   <si>
+    <t xml:space="preserve">8 ir 9  p. sporto salėje </t>
+  </si>
+  <si>
     <t xml:space="preserve">E.Timofejevas </t>
   </si>
   <si>
-    <t>Fizinės jėgos ugdymo būrelis</t>
-[...7 lines deleted...]
-  <si>
     <t>Krepšinis  vaikinams</t>
   </si>
   <si>
-    <t>A.Motužis</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">A.Motužis </t>
   </si>
   <si>
     <t>Tinklinis III - IV kl.</t>
   </si>
   <si>
     <t>J.Raišutienė</t>
   </si>
   <si>
     <t>Muzikos studija ,,Grok"</t>
   </si>
   <si>
+    <t xml:space="preserve">8 ir 9  p. 17  kab.  </t>
+  </si>
+  <si>
     <t>Dainavimo studija ,,Gama"</t>
   </si>
   <si>
-    <t xml:space="preserve">8 ir 9  p. 17  kab.  </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">P.Razgaitis </t>
+    <t xml:space="preserve">Jaunieji lyderiai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linksmųjų Išradingųjų Klubas </t>
   </si>
   <si>
     <t xml:space="preserve">Ruošė direktoriaus pavaduotoja ugdymui                       Vitalija  Grimalienė </t>
   </si>
   <si>
-    <t>2024 - 2025 m. m.</t>
-[...74 lines deleted...]
-    <t xml:space="preserve">Linksmųjų Išradingųjų Klubas </t>
+    <t xml:space="preserve">Medžio virtuozai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TVARKARAŠTIS (po UP pakeitimo ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fizinės jėgos ugdymas </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color theme="0" tint="-0.499984740745262"/>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0" tint="-0.249977111117893"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Times New Roman"/>
       <family val="1"/>
-      <charset val="186"/>
-[...12 lines deleted...]
-      <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="55"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
-      <color indexed="22"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
-      <color indexed="8"/>
+      <color indexed="22"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...47 lines deleted...]
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="20" fontId="8" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="8" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="20" fontId="8" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
-[...74 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
     <cellStyle name="Įprastas 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -952,1636 +805,1409 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N76"/>
+  <dimension ref="A1:N63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="154" zoomScaleNormal="154" workbookViewId="0">
-      <selection activeCell="D41" sqref="D41"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="M20" sqref="M20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="1" hidden="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="254" width="9.140625" style="1"/>
+    <col min="1" max="1" width="9.109375" style="1" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="4" style="31" customWidth="1"/>
+    <col min="3" max="3" width="15.109375" style="30" customWidth="1"/>
+    <col min="4" max="4" width="30.6640625" style="32" customWidth="1"/>
+    <col min="5" max="5" width="5.88671875" style="30" customWidth="1"/>
+    <col min="6" max="6" width="16" style="1" customWidth="1"/>
+    <col min="7" max="7" width="15.5546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11" max="254" width="9.109375" style="1"/>
     <col min="255" max="255" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="256" max="256" width="2.5703125" style="1" customWidth="1"/>
+    <col min="256" max="256" width="2.5546875" style="1" customWidth="1"/>
     <col min="257" max="257" width="4" style="1" customWidth="1"/>
-    <col min="258" max="258" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="266" max="510" width="9.140625" style="1"/>
+    <col min="258" max="258" width="16.33203125" style="1" customWidth="1"/>
+    <col min="259" max="259" width="28.6640625" style="1" customWidth="1"/>
+    <col min="260" max="260" width="5.88671875" style="1" customWidth="1"/>
+    <col min="261" max="263" width="15.33203125" style="1" customWidth="1"/>
+    <col min="264" max="264" width="15.6640625" style="1" customWidth="1"/>
+    <col min="265" max="265" width="15.88671875" style="1" customWidth="1"/>
+    <col min="266" max="510" width="9.109375" style="1"/>
     <col min="511" max="511" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="512" max="512" width="2.5703125" style="1" customWidth="1"/>
+    <col min="512" max="512" width="2.5546875" style="1" customWidth="1"/>
     <col min="513" max="513" width="4" style="1" customWidth="1"/>
-    <col min="514" max="514" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="522" max="766" width="9.140625" style="1"/>
+    <col min="514" max="514" width="16.33203125" style="1" customWidth="1"/>
+    <col min="515" max="515" width="28.6640625" style="1" customWidth="1"/>
+    <col min="516" max="516" width="5.88671875" style="1" customWidth="1"/>
+    <col min="517" max="519" width="15.33203125" style="1" customWidth="1"/>
+    <col min="520" max="520" width="15.6640625" style="1" customWidth="1"/>
+    <col min="521" max="521" width="15.88671875" style="1" customWidth="1"/>
+    <col min="522" max="766" width="9.109375" style="1"/>
     <col min="767" max="767" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="768" max="768" width="2.5703125" style="1" customWidth="1"/>
+    <col min="768" max="768" width="2.5546875" style="1" customWidth="1"/>
     <col min="769" max="769" width="4" style="1" customWidth="1"/>
-    <col min="770" max="770" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="778" max="1022" width="9.140625" style="1"/>
+    <col min="770" max="770" width="16.33203125" style="1" customWidth="1"/>
+    <col min="771" max="771" width="28.6640625" style="1" customWidth="1"/>
+    <col min="772" max="772" width="5.88671875" style="1" customWidth="1"/>
+    <col min="773" max="775" width="15.33203125" style="1" customWidth="1"/>
+    <col min="776" max="776" width="15.6640625" style="1" customWidth="1"/>
+    <col min="777" max="777" width="15.88671875" style="1" customWidth="1"/>
+    <col min="778" max="1022" width="9.109375" style="1"/>
     <col min="1023" max="1023" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="1024" max="1024" width="2.5703125" style="1" customWidth="1"/>
+    <col min="1024" max="1024" width="2.5546875" style="1" customWidth="1"/>
     <col min="1025" max="1025" width="4" style="1" customWidth="1"/>
-    <col min="1026" max="1026" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1034" max="1278" width="9.140625" style="1"/>
+    <col min="1026" max="1026" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1027" max="1027" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1028" max="1028" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1029" max="1031" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1032" max="1032" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1033" max="1033" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1034" max="1278" width="9.109375" style="1"/>
     <col min="1279" max="1279" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="1280" max="1280" width="2.5703125" style="1" customWidth="1"/>
+    <col min="1280" max="1280" width="2.5546875" style="1" customWidth="1"/>
     <col min="1281" max="1281" width="4" style="1" customWidth="1"/>
-    <col min="1282" max="1282" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1290" max="1534" width="9.140625" style="1"/>
+    <col min="1282" max="1282" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1283" max="1283" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1284" max="1284" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1285" max="1287" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1288" max="1288" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1289" max="1289" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1290" max="1534" width="9.109375" style="1"/>
     <col min="1535" max="1535" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="1536" max="1536" width="2.5703125" style="1" customWidth="1"/>
+    <col min="1536" max="1536" width="2.5546875" style="1" customWidth="1"/>
     <col min="1537" max="1537" width="4" style="1" customWidth="1"/>
-    <col min="1538" max="1538" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1546" max="1790" width="9.140625" style="1"/>
+    <col min="1538" max="1538" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1539" max="1539" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1540" max="1540" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1541" max="1543" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1544" max="1544" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1545" max="1545" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1546" max="1790" width="9.109375" style="1"/>
     <col min="1791" max="1791" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="1792" max="1792" width="2.5703125" style="1" customWidth="1"/>
+    <col min="1792" max="1792" width="2.5546875" style="1" customWidth="1"/>
     <col min="1793" max="1793" width="4" style="1" customWidth="1"/>
-    <col min="1794" max="1794" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="1802" max="2046" width="9.140625" style="1"/>
+    <col min="1794" max="1794" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1795" max="1795" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1796" max="1796" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1797" max="1799" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1800" max="1800" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1801" max="1801" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1802" max="2046" width="9.109375" style="1"/>
     <col min="2047" max="2047" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="2048" max="2048" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2048" max="2048" width="2.5546875" style="1" customWidth="1"/>
     <col min="2049" max="2049" width="4" style="1" customWidth="1"/>
-    <col min="2050" max="2050" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2058" max="2302" width="9.140625" style="1"/>
+    <col min="2050" max="2050" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2051" max="2051" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2052" max="2052" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2053" max="2055" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2056" max="2056" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2057" max="2057" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2058" max="2302" width="9.109375" style="1"/>
     <col min="2303" max="2303" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="2304" max="2304" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2304" max="2304" width="2.5546875" style="1" customWidth="1"/>
     <col min="2305" max="2305" width="4" style="1" customWidth="1"/>
-    <col min="2306" max="2306" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2314" max="2558" width="9.140625" style="1"/>
+    <col min="2306" max="2306" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2307" max="2307" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2308" max="2308" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2309" max="2311" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2312" max="2312" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2313" max="2313" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2314" max="2558" width="9.109375" style="1"/>
     <col min="2559" max="2559" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="2560" max="2560" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2560" max="2560" width="2.5546875" style="1" customWidth="1"/>
     <col min="2561" max="2561" width="4" style="1" customWidth="1"/>
-    <col min="2562" max="2562" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2570" max="2814" width="9.140625" style="1"/>
+    <col min="2562" max="2562" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2563" max="2563" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2564" max="2564" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2565" max="2567" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2568" max="2568" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2569" max="2569" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2570" max="2814" width="9.109375" style="1"/>
     <col min="2815" max="2815" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="2816" max="2816" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2816" max="2816" width="2.5546875" style="1" customWidth="1"/>
     <col min="2817" max="2817" width="4" style="1" customWidth="1"/>
-    <col min="2818" max="2818" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="2826" max="3070" width="9.140625" style="1"/>
+    <col min="2818" max="2818" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2819" max="2819" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2820" max="2820" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2821" max="2823" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2824" max="2824" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2825" max="2825" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2826" max="3070" width="9.109375" style="1"/>
     <col min="3071" max="3071" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="3072" max="3072" width="2.5703125" style="1" customWidth="1"/>
+    <col min="3072" max="3072" width="2.5546875" style="1" customWidth="1"/>
     <col min="3073" max="3073" width="4" style="1" customWidth="1"/>
-    <col min="3074" max="3074" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3082" max="3326" width="9.140625" style="1"/>
+    <col min="3074" max="3074" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3075" max="3075" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3076" max="3076" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3077" max="3079" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3080" max="3080" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3081" max="3081" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3082" max="3326" width="9.109375" style="1"/>
     <col min="3327" max="3327" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="3328" max="3328" width="2.5703125" style="1" customWidth="1"/>
+    <col min="3328" max="3328" width="2.5546875" style="1" customWidth="1"/>
     <col min="3329" max="3329" width="4" style="1" customWidth="1"/>
-    <col min="3330" max="3330" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3338" max="3582" width="9.140625" style="1"/>
+    <col min="3330" max="3330" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3331" max="3331" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3332" max="3332" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3333" max="3335" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3336" max="3336" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3337" max="3337" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3338" max="3582" width="9.109375" style="1"/>
     <col min="3583" max="3583" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="3584" max="3584" width="2.5703125" style="1" customWidth="1"/>
+    <col min="3584" max="3584" width="2.5546875" style="1" customWidth="1"/>
     <col min="3585" max="3585" width="4" style="1" customWidth="1"/>
-    <col min="3586" max="3586" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3594" max="3838" width="9.140625" style="1"/>
+    <col min="3586" max="3586" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3587" max="3587" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3588" max="3588" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3589" max="3591" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3592" max="3592" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3593" max="3593" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3594" max="3838" width="9.109375" style="1"/>
     <col min="3839" max="3839" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="3840" max="3840" width="2.5703125" style="1" customWidth="1"/>
+    <col min="3840" max="3840" width="2.5546875" style="1" customWidth="1"/>
     <col min="3841" max="3841" width="4" style="1" customWidth="1"/>
-    <col min="3842" max="3842" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="3850" max="4094" width="9.140625" style="1"/>
+    <col min="3842" max="3842" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3843" max="3843" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3844" max="3844" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3845" max="3847" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3848" max="3848" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3849" max="3849" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3850" max="4094" width="9.109375" style="1"/>
     <col min="4095" max="4095" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="4096" max="4096" width="2.5703125" style="1" customWidth="1"/>
+    <col min="4096" max="4096" width="2.5546875" style="1" customWidth="1"/>
     <col min="4097" max="4097" width="4" style="1" customWidth="1"/>
-    <col min="4098" max="4098" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4106" max="4350" width="9.140625" style="1"/>
+    <col min="4098" max="4098" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4099" max="4099" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4100" max="4100" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4101" max="4103" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4104" max="4104" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4105" max="4105" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4106" max="4350" width="9.109375" style="1"/>
     <col min="4351" max="4351" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="4352" max="4352" width="2.5703125" style="1" customWidth="1"/>
+    <col min="4352" max="4352" width="2.5546875" style="1" customWidth="1"/>
     <col min="4353" max="4353" width="4" style="1" customWidth="1"/>
-    <col min="4354" max="4354" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4362" max="4606" width="9.140625" style="1"/>
+    <col min="4354" max="4354" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4355" max="4355" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4356" max="4356" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4357" max="4359" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4360" max="4360" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4361" max="4361" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4362" max="4606" width="9.109375" style="1"/>
     <col min="4607" max="4607" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="4608" max="4608" width="2.5703125" style="1" customWidth="1"/>
+    <col min="4608" max="4608" width="2.5546875" style="1" customWidth="1"/>
     <col min="4609" max="4609" width="4" style="1" customWidth="1"/>
-    <col min="4610" max="4610" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4618" max="4862" width="9.140625" style="1"/>
+    <col min="4610" max="4610" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4611" max="4611" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4612" max="4612" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4613" max="4615" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4616" max="4616" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4617" max="4617" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4618" max="4862" width="9.109375" style="1"/>
     <col min="4863" max="4863" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="4864" max="4864" width="2.5703125" style="1" customWidth="1"/>
+    <col min="4864" max="4864" width="2.5546875" style="1" customWidth="1"/>
     <col min="4865" max="4865" width="4" style="1" customWidth="1"/>
-    <col min="4866" max="4866" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="4874" max="5118" width="9.140625" style="1"/>
+    <col min="4866" max="4866" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4867" max="4867" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4868" max="4868" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4869" max="4871" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4872" max="4872" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4873" max="4873" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4874" max="5118" width="9.109375" style="1"/>
     <col min="5119" max="5119" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="5120" max="5120" width="2.5703125" style="1" customWidth="1"/>
+    <col min="5120" max="5120" width="2.5546875" style="1" customWidth="1"/>
     <col min="5121" max="5121" width="4" style="1" customWidth="1"/>
-    <col min="5122" max="5122" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5130" max="5374" width="9.140625" style="1"/>
+    <col min="5122" max="5122" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5123" max="5123" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5124" max="5124" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5125" max="5127" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5128" max="5128" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5129" max="5129" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5130" max="5374" width="9.109375" style="1"/>
     <col min="5375" max="5375" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="5376" max="5376" width="2.5703125" style="1" customWidth="1"/>
+    <col min="5376" max="5376" width="2.5546875" style="1" customWidth="1"/>
     <col min="5377" max="5377" width="4" style="1" customWidth="1"/>
-    <col min="5378" max="5378" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5386" max="5630" width="9.140625" style="1"/>
+    <col min="5378" max="5378" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5379" max="5379" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5380" max="5380" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5381" max="5383" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5384" max="5384" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5385" max="5385" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5386" max="5630" width="9.109375" style="1"/>
     <col min="5631" max="5631" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="5632" max="5632" width="2.5703125" style="1" customWidth="1"/>
+    <col min="5632" max="5632" width="2.5546875" style="1" customWidth="1"/>
     <col min="5633" max="5633" width="4" style="1" customWidth="1"/>
-    <col min="5634" max="5634" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5642" max="5886" width="9.140625" style="1"/>
+    <col min="5634" max="5634" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5635" max="5635" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5636" max="5636" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5637" max="5639" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5640" max="5640" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5641" max="5641" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5642" max="5886" width="9.109375" style="1"/>
     <col min="5887" max="5887" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="5888" max="5888" width="2.5703125" style="1" customWidth="1"/>
+    <col min="5888" max="5888" width="2.5546875" style="1" customWidth="1"/>
     <col min="5889" max="5889" width="4" style="1" customWidth="1"/>
-    <col min="5890" max="5890" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="5898" max="6142" width="9.140625" style="1"/>
+    <col min="5890" max="5890" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5891" max="5891" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5892" max="5892" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5893" max="5895" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5896" max="5896" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5897" max="5897" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5898" max="6142" width="9.109375" style="1"/>
     <col min="6143" max="6143" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="6144" max="6144" width="2.5703125" style="1" customWidth="1"/>
+    <col min="6144" max="6144" width="2.5546875" style="1" customWidth="1"/>
     <col min="6145" max="6145" width="4" style="1" customWidth="1"/>
-    <col min="6146" max="6146" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6154" max="6398" width="9.140625" style="1"/>
+    <col min="6146" max="6146" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6147" max="6147" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6148" max="6148" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6149" max="6151" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6152" max="6152" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6153" max="6153" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6154" max="6398" width="9.109375" style="1"/>
     <col min="6399" max="6399" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="6400" max="6400" width="2.5703125" style="1" customWidth="1"/>
+    <col min="6400" max="6400" width="2.5546875" style="1" customWidth="1"/>
     <col min="6401" max="6401" width="4" style="1" customWidth="1"/>
-    <col min="6402" max="6402" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6410" max="6654" width="9.140625" style="1"/>
+    <col min="6402" max="6402" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6403" max="6403" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6404" max="6404" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6405" max="6407" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6408" max="6408" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6409" max="6409" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6410" max="6654" width="9.109375" style="1"/>
     <col min="6655" max="6655" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="6656" max="6656" width="2.5703125" style="1" customWidth="1"/>
+    <col min="6656" max="6656" width="2.5546875" style="1" customWidth="1"/>
     <col min="6657" max="6657" width="4" style="1" customWidth="1"/>
-    <col min="6658" max="6658" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6666" max="6910" width="9.140625" style="1"/>
+    <col min="6658" max="6658" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6659" max="6659" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6660" max="6660" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6661" max="6663" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6664" max="6664" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6665" max="6665" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6666" max="6910" width="9.109375" style="1"/>
     <col min="6911" max="6911" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="6912" max="6912" width="2.5703125" style="1" customWidth="1"/>
+    <col min="6912" max="6912" width="2.5546875" style="1" customWidth="1"/>
     <col min="6913" max="6913" width="4" style="1" customWidth="1"/>
-    <col min="6914" max="6914" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="6922" max="7166" width="9.140625" style="1"/>
+    <col min="6914" max="6914" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6915" max="6915" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6916" max="6916" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6917" max="6919" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6920" max="6920" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6921" max="6921" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6922" max="7166" width="9.109375" style="1"/>
     <col min="7167" max="7167" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="7168" max="7168" width="2.5703125" style="1" customWidth="1"/>
+    <col min="7168" max="7168" width="2.5546875" style="1" customWidth="1"/>
     <col min="7169" max="7169" width="4" style="1" customWidth="1"/>
-    <col min="7170" max="7170" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7178" max="7422" width="9.140625" style="1"/>
+    <col min="7170" max="7170" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7171" max="7171" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7172" max="7172" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7173" max="7175" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7176" max="7176" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7177" max="7177" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7178" max="7422" width="9.109375" style="1"/>
     <col min="7423" max="7423" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="7424" max="7424" width="2.5703125" style="1" customWidth="1"/>
+    <col min="7424" max="7424" width="2.5546875" style="1" customWidth="1"/>
     <col min="7425" max="7425" width="4" style="1" customWidth="1"/>
-    <col min="7426" max="7426" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7434" max="7678" width="9.140625" style="1"/>
+    <col min="7426" max="7426" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7427" max="7427" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7428" max="7428" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7429" max="7431" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7432" max="7432" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7433" max="7433" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7434" max="7678" width="9.109375" style="1"/>
     <col min="7679" max="7679" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="7680" max="7680" width="2.5703125" style="1" customWidth="1"/>
+    <col min="7680" max="7680" width="2.5546875" style="1" customWidth="1"/>
     <col min="7681" max="7681" width="4" style="1" customWidth="1"/>
-    <col min="7682" max="7682" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7690" max="7934" width="9.140625" style="1"/>
+    <col min="7682" max="7682" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7683" max="7683" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7684" max="7684" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7685" max="7687" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7688" max="7688" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7689" max="7689" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7690" max="7934" width="9.109375" style="1"/>
     <col min="7935" max="7935" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="7936" max="7936" width="2.5703125" style="1" customWidth="1"/>
+    <col min="7936" max="7936" width="2.5546875" style="1" customWidth="1"/>
     <col min="7937" max="7937" width="4" style="1" customWidth="1"/>
-    <col min="7938" max="7938" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7946" max="8190" width="9.140625" style="1"/>
+    <col min="7938" max="7938" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7939" max="7939" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7940" max="7940" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7941" max="7943" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7944" max="7944" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7945" max="7945" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7946" max="8190" width="9.109375" style="1"/>
     <col min="8191" max="8191" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="8192" max="8192" width="2.5703125" style="1" customWidth="1"/>
+    <col min="8192" max="8192" width="2.5546875" style="1" customWidth="1"/>
     <col min="8193" max="8193" width="4" style="1" customWidth="1"/>
-    <col min="8194" max="8194" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8202" max="8446" width="9.140625" style="1"/>
+    <col min="8194" max="8194" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8195" max="8195" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8196" max="8196" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8197" max="8199" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8200" max="8200" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8201" max="8201" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8202" max="8446" width="9.109375" style="1"/>
     <col min="8447" max="8447" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="8448" max="8448" width="2.5703125" style="1" customWidth="1"/>
+    <col min="8448" max="8448" width="2.5546875" style="1" customWidth="1"/>
     <col min="8449" max="8449" width="4" style="1" customWidth="1"/>
-    <col min="8450" max="8450" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8458" max="8702" width="9.140625" style="1"/>
+    <col min="8450" max="8450" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8451" max="8451" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8452" max="8452" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8453" max="8455" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8456" max="8456" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8457" max="8457" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8458" max="8702" width="9.109375" style="1"/>
     <col min="8703" max="8703" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="8704" max="8704" width="2.5703125" style="1" customWidth="1"/>
+    <col min="8704" max="8704" width="2.5546875" style="1" customWidth="1"/>
     <col min="8705" max="8705" width="4" style="1" customWidth="1"/>
-    <col min="8706" max="8706" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8714" max="8958" width="9.140625" style="1"/>
+    <col min="8706" max="8706" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8707" max="8707" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8708" max="8708" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8709" max="8711" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8712" max="8712" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8713" max="8713" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8714" max="8958" width="9.109375" style="1"/>
     <col min="8959" max="8959" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="8960" max="8960" width="2.5703125" style="1" customWidth="1"/>
+    <col min="8960" max="8960" width="2.5546875" style="1" customWidth="1"/>
     <col min="8961" max="8961" width="4" style="1" customWidth="1"/>
-    <col min="8962" max="8962" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8970" max="9214" width="9.140625" style="1"/>
+    <col min="8962" max="8962" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8963" max="8963" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8964" max="8964" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8965" max="8967" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8968" max="8968" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8969" max="8969" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8970" max="9214" width="9.109375" style="1"/>
     <col min="9215" max="9215" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="9216" max="9216" width="2.5703125" style="1" customWidth="1"/>
+    <col min="9216" max="9216" width="2.5546875" style="1" customWidth="1"/>
     <col min="9217" max="9217" width="4" style="1" customWidth="1"/>
-    <col min="9218" max="9218" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9226" max="9470" width="9.140625" style="1"/>
+    <col min="9218" max="9218" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9219" max="9219" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9220" max="9220" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9221" max="9223" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9224" max="9224" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9225" max="9225" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9226" max="9470" width="9.109375" style="1"/>
     <col min="9471" max="9471" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="9472" max="9472" width="2.5703125" style="1" customWidth="1"/>
+    <col min="9472" max="9472" width="2.5546875" style="1" customWidth="1"/>
     <col min="9473" max="9473" width="4" style="1" customWidth="1"/>
-    <col min="9474" max="9474" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9482" max="9726" width="9.140625" style="1"/>
+    <col min="9474" max="9474" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9475" max="9475" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9476" max="9476" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9477" max="9479" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9480" max="9480" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9481" max="9481" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9482" max="9726" width="9.109375" style="1"/>
     <col min="9727" max="9727" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="9728" max="9728" width="2.5703125" style="1" customWidth="1"/>
+    <col min="9728" max="9728" width="2.5546875" style="1" customWidth="1"/>
     <col min="9729" max="9729" width="4" style="1" customWidth="1"/>
-    <col min="9730" max="9730" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9738" max="9982" width="9.140625" style="1"/>
+    <col min="9730" max="9730" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9731" max="9731" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9732" max="9732" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9733" max="9735" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9736" max="9736" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9737" max="9737" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9738" max="9982" width="9.109375" style="1"/>
     <col min="9983" max="9983" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="9984" max="9984" width="2.5703125" style="1" customWidth="1"/>
+    <col min="9984" max="9984" width="2.5546875" style="1" customWidth="1"/>
     <col min="9985" max="9985" width="4" style="1" customWidth="1"/>
-    <col min="9986" max="9986" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9994" max="10238" width="9.140625" style="1"/>
+    <col min="9986" max="9986" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9987" max="9987" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9988" max="9988" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9989" max="9991" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9992" max="9992" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9993" max="9993" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9994" max="10238" width="9.109375" style="1"/>
     <col min="10239" max="10239" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="10240" max="10240" width="2.5703125" style="1" customWidth="1"/>
+    <col min="10240" max="10240" width="2.5546875" style="1" customWidth="1"/>
     <col min="10241" max="10241" width="4" style="1" customWidth="1"/>
-    <col min="10242" max="10242" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10250" max="10494" width="9.140625" style="1"/>
+    <col min="10242" max="10242" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10243" max="10243" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10244" max="10244" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10245" max="10247" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10248" max="10248" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10249" max="10249" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10250" max="10494" width="9.109375" style="1"/>
     <col min="10495" max="10495" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="10496" max="10496" width="2.5703125" style="1" customWidth="1"/>
+    <col min="10496" max="10496" width="2.5546875" style="1" customWidth="1"/>
     <col min="10497" max="10497" width="4" style="1" customWidth="1"/>
-    <col min="10498" max="10498" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10506" max="10750" width="9.140625" style="1"/>
+    <col min="10498" max="10498" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10499" max="10499" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10500" max="10500" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10501" max="10503" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10504" max="10504" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10505" max="10505" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10506" max="10750" width="9.109375" style="1"/>
     <col min="10751" max="10751" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="10752" max="10752" width="2.5703125" style="1" customWidth="1"/>
+    <col min="10752" max="10752" width="2.5546875" style="1" customWidth="1"/>
     <col min="10753" max="10753" width="4" style="1" customWidth="1"/>
-    <col min="10754" max="10754" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10762" max="11006" width="9.140625" style="1"/>
+    <col min="10754" max="10754" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10755" max="10755" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10756" max="10756" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10757" max="10759" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10760" max="10760" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10761" max="10761" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10762" max="11006" width="9.109375" style="1"/>
     <col min="11007" max="11007" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="11008" max="11008" width="2.5703125" style="1" customWidth="1"/>
+    <col min="11008" max="11008" width="2.5546875" style="1" customWidth="1"/>
     <col min="11009" max="11009" width="4" style="1" customWidth="1"/>
-    <col min="11010" max="11010" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11018" max="11262" width="9.140625" style="1"/>
+    <col min="11010" max="11010" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11011" max="11011" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11012" max="11012" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11013" max="11015" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11016" max="11016" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11017" max="11017" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11018" max="11262" width="9.109375" style="1"/>
     <col min="11263" max="11263" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="11264" max="11264" width="2.5703125" style="1" customWidth="1"/>
+    <col min="11264" max="11264" width="2.5546875" style="1" customWidth="1"/>
     <col min="11265" max="11265" width="4" style="1" customWidth="1"/>
-    <col min="11266" max="11266" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11274" max="11518" width="9.140625" style="1"/>
+    <col min="11266" max="11266" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11267" max="11267" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11268" max="11268" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11269" max="11271" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11272" max="11272" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11273" max="11273" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11274" max="11518" width="9.109375" style="1"/>
     <col min="11519" max="11519" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="11520" max="11520" width="2.5703125" style="1" customWidth="1"/>
+    <col min="11520" max="11520" width="2.5546875" style="1" customWidth="1"/>
     <col min="11521" max="11521" width="4" style="1" customWidth="1"/>
-    <col min="11522" max="11522" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11530" max="11774" width="9.140625" style="1"/>
+    <col min="11522" max="11522" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11523" max="11523" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11524" max="11524" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11525" max="11527" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11528" max="11528" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11529" max="11529" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11530" max="11774" width="9.109375" style="1"/>
     <col min="11775" max="11775" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="11776" max="11776" width="2.5703125" style="1" customWidth="1"/>
+    <col min="11776" max="11776" width="2.5546875" style="1" customWidth="1"/>
     <col min="11777" max="11777" width="4" style="1" customWidth="1"/>
-    <col min="11778" max="11778" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11786" max="12030" width="9.140625" style="1"/>
+    <col min="11778" max="11778" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11779" max="11779" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11780" max="11780" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11781" max="11783" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11784" max="11784" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11785" max="11785" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11786" max="12030" width="9.109375" style="1"/>
     <col min="12031" max="12031" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="12032" max="12032" width="2.5703125" style="1" customWidth="1"/>
+    <col min="12032" max="12032" width="2.5546875" style="1" customWidth="1"/>
     <col min="12033" max="12033" width="4" style="1" customWidth="1"/>
-    <col min="12034" max="12034" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12042" max="12286" width="9.140625" style="1"/>
+    <col min="12034" max="12034" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12035" max="12035" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12036" max="12036" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12037" max="12039" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12040" max="12040" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12041" max="12041" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12042" max="12286" width="9.109375" style="1"/>
     <col min="12287" max="12287" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="12288" max="12288" width="2.5703125" style="1" customWidth="1"/>
+    <col min="12288" max="12288" width="2.5546875" style="1" customWidth="1"/>
     <col min="12289" max="12289" width="4" style="1" customWidth="1"/>
-    <col min="12290" max="12290" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12298" max="12542" width="9.140625" style="1"/>
+    <col min="12290" max="12290" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12291" max="12291" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12292" max="12292" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12293" max="12295" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12296" max="12296" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12297" max="12297" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12298" max="12542" width="9.109375" style="1"/>
     <col min="12543" max="12543" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="12544" max="12544" width="2.5703125" style="1" customWidth="1"/>
+    <col min="12544" max="12544" width="2.5546875" style="1" customWidth="1"/>
     <col min="12545" max="12545" width="4" style="1" customWidth="1"/>
-    <col min="12546" max="12546" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12554" max="12798" width="9.140625" style="1"/>
+    <col min="12546" max="12546" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12547" max="12547" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12548" max="12548" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12549" max="12551" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12552" max="12552" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12553" max="12553" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12554" max="12798" width="9.109375" style="1"/>
     <col min="12799" max="12799" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="12800" max="12800" width="2.5703125" style="1" customWidth="1"/>
+    <col min="12800" max="12800" width="2.5546875" style="1" customWidth="1"/>
     <col min="12801" max="12801" width="4" style="1" customWidth="1"/>
-    <col min="12802" max="12802" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12810" max="13054" width="9.140625" style="1"/>
+    <col min="12802" max="12802" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12803" max="12803" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12804" max="12804" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12805" max="12807" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12808" max="12808" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12809" max="12809" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12810" max="13054" width="9.109375" style="1"/>
     <col min="13055" max="13055" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="13056" max="13056" width="2.5703125" style="1" customWidth="1"/>
+    <col min="13056" max="13056" width="2.5546875" style="1" customWidth="1"/>
     <col min="13057" max="13057" width="4" style="1" customWidth="1"/>
-    <col min="13058" max="13058" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13066" max="13310" width="9.140625" style="1"/>
+    <col min="13058" max="13058" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13059" max="13059" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13060" max="13060" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13061" max="13063" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13064" max="13064" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13065" max="13065" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13066" max="13310" width="9.109375" style="1"/>
     <col min="13311" max="13311" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="13312" max="13312" width="2.5703125" style="1" customWidth="1"/>
+    <col min="13312" max="13312" width="2.5546875" style="1" customWidth="1"/>
     <col min="13313" max="13313" width="4" style="1" customWidth="1"/>
-    <col min="13314" max="13314" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13322" max="13566" width="9.140625" style="1"/>
+    <col min="13314" max="13314" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13315" max="13315" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13316" max="13316" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13317" max="13319" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13320" max="13320" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13321" max="13321" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13322" max="13566" width="9.109375" style="1"/>
     <col min="13567" max="13567" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="13568" max="13568" width="2.5703125" style="1" customWidth="1"/>
+    <col min="13568" max="13568" width="2.5546875" style="1" customWidth="1"/>
     <col min="13569" max="13569" width="4" style="1" customWidth="1"/>
-    <col min="13570" max="13570" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13578" max="13822" width="9.140625" style="1"/>
+    <col min="13570" max="13570" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13571" max="13571" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13572" max="13572" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13573" max="13575" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13576" max="13576" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13577" max="13577" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13578" max="13822" width="9.109375" style="1"/>
     <col min="13823" max="13823" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="13824" max="13824" width="2.5703125" style="1" customWidth="1"/>
+    <col min="13824" max="13824" width="2.5546875" style="1" customWidth="1"/>
     <col min="13825" max="13825" width="4" style="1" customWidth="1"/>
-    <col min="13826" max="13826" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13834" max="14078" width="9.140625" style="1"/>
+    <col min="13826" max="13826" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13827" max="13827" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13828" max="13828" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13829" max="13831" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13832" max="13832" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13833" max="13833" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13834" max="14078" width="9.109375" style="1"/>
     <col min="14079" max="14079" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="14080" max="14080" width="2.5703125" style="1" customWidth="1"/>
+    <col min="14080" max="14080" width="2.5546875" style="1" customWidth="1"/>
     <col min="14081" max="14081" width="4" style="1" customWidth="1"/>
-    <col min="14082" max="14082" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14090" max="14334" width="9.140625" style="1"/>
+    <col min="14082" max="14082" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14083" max="14083" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14084" max="14084" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14085" max="14087" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14088" max="14088" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14089" max="14089" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14090" max="14334" width="9.109375" style="1"/>
     <col min="14335" max="14335" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="14336" max="14336" width="2.5703125" style="1" customWidth="1"/>
+    <col min="14336" max="14336" width="2.5546875" style="1" customWidth="1"/>
     <col min="14337" max="14337" width="4" style="1" customWidth="1"/>
-    <col min="14338" max="14338" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14346" max="14590" width="9.140625" style="1"/>
+    <col min="14338" max="14338" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14339" max="14339" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14340" max="14340" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14341" max="14343" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14344" max="14344" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14345" max="14345" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14346" max="14590" width="9.109375" style="1"/>
     <col min="14591" max="14591" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="14592" max="14592" width="2.5703125" style="1" customWidth="1"/>
+    <col min="14592" max="14592" width="2.5546875" style="1" customWidth="1"/>
     <col min="14593" max="14593" width="4" style="1" customWidth="1"/>
-    <col min="14594" max="14594" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14602" max="14846" width="9.140625" style="1"/>
+    <col min="14594" max="14594" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14595" max="14595" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14596" max="14596" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14597" max="14599" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14600" max="14600" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14601" max="14601" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14602" max="14846" width="9.109375" style="1"/>
     <col min="14847" max="14847" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="14848" max="14848" width="2.5703125" style="1" customWidth="1"/>
+    <col min="14848" max="14848" width="2.5546875" style="1" customWidth="1"/>
     <col min="14849" max="14849" width="4" style="1" customWidth="1"/>
-    <col min="14850" max="14850" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14858" max="15102" width="9.140625" style="1"/>
+    <col min="14850" max="14850" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14851" max="14851" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14852" max="14852" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14853" max="14855" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14856" max="14856" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14857" max="14857" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14858" max="15102" width="9.109375" style="1"/>
     <col min="15103" max="15103" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="15104" max="15104" width="2.5703125" style="1" customWidth="1"/>
+    <col min="15104" max="15104" width="2.5546875" style="1" customWidth="1"/>
     <col min="15105" max="15105" width="4" style="1" customWidth="1"/>
-    <col min="15106" max="15106" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15114" max="15358" width="9.140625" style="1"/>
+    <col min="15106" max="15106" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15107" max="15107" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15108" max="15108" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15109" max="15111" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15112" max="15112" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15113" max="15113" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15114" max="15358" width="9.109375" style="1"/>
     <col min="15359" max="15359" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="15360" max="15360" width="2.5703125" style="1" customWidth="1"/>
+    <col min="15360" max="15360" width="2.5546875" style="1" customWidth="1"/>
     <col min="15361" max="15361" width="4" style="1" customWidth="1"/>
-    <col min="15362" max="15362" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15370" max="15614" width="9.140625" style="1"/>
+    <col min="15362" max="15362" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15363" max="15363" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15364" max="15364" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15365" max="15367" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15368" max="15368" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15369" max="15369" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15370" max="15614" width="9.109375" style="1"/>
     <col min="15615" max="15615" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="15616" max="15616" width="2.5703125" style="1" customWidth="1"/>
+    <col min="15616" max="15616" width="2.5546875" style="1" customWidth="1"/>
     <col min="15617" max="15617" width="4" style="1" customWidth="1"/>
-    <col min="15618" max="15618" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15626" max="15870" width="9.140625" style="1"/>
+    <col min="15618" max="15618" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15619" max="15619" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15620" max="15620" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15621" max="15623" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15624" max="15624" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15625" max="15625" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15626" max="15870" width="9.109375" style="1"/>
     <col min="15871" max="15871" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="15872" max="15872" width="2.5703125" style="1" customWidth="1"/>
+    <col min="15872" max="15872" width="2.5546875" style="1" customWidth="1"/>
     <col min="15873" max="15873" width="4" style="1" customWidth="1"/>
-    <col min="15874" max="15874" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15882" max="16126" width="9.140625" style="1"/>
+    <col min="15874" max="15874" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15875" max="15875" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15876" max="15876" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15877" max="15879" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15880" max="15880" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15881" max="15881" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15882" max="16126" width="9.109375" style="1"/>
     <col min="16127" max="16127" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="16128" max="16128" width="2.5703125" style="1" customWidth="1"/>
+    <col min="16128" max="16128" width="2.5546875" style="1" customWidth="1"/>
     <col min="16129" max="16129" width="4" style="1" customWidth="1"/>
-    <col min="16130" max="16130" width="16.28515625" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="16138" max="16384" width="9.140625" style="1"/>
+    <col min="16130" max="16130" width="16.33203125" style="1" customWidth="1"/>
+    <col min="16131" max="16131" width="28.6640625" style="1" customWidth="1"/>
+    <col min="16132" max="16132" width="5.88671875" style="1" customWidth="1"/>
+    <col min="16133" max="16135" width="15.33203125" style="1" customWidth="1"/>
+    <col min="16136" max="16136" width="15.6640625" style="1" customWidth="1"/>
+    <col min="16137" max="16137" width="15.88671875" style="1" customWidth="1"/>
+    <col min="16138" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="50" t="s">
+    <row r="1" spans="2:13" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="41" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="50"/>
-[...21 lines deleted...]
-    <row r="3" spans="2:13" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+      <c r="H1" s="41"/>
+      <c r="I1" s="41"/>
+      <c r="J1" s="41"/>
+    </row>
+    <row r="2" spans="2:13" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="41" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+    </row>
+    <row r="3" spans="2:13" ht="29.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
-      <c r="E3" s="50" t="s">
-[...3 lines deleted...]
-      <c r="G3" s="50"/>
+      <c r="E3" s="42" t="s">
+        <v>1</v>
+      </c>
+      <c r="F3" s="42"/>
+      <c r="G3" s="42"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
     </row>
-    <row r="4" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:13" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="3"/>
-      <c r="E4" s="2"/>
-[...1 lines deleted...]
-      <c r="G4" s="4"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="43"/>
+      <c r="G4" s="43"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="4"/>
     </row>
     <row r="5" spans="2:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="47" t="s">
+      <c r="B5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="48" t="s">
+      <c r="F5" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="G5" s="48" t="s">
+      <c r="G5" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="H5" s="48" t="s">
+      <c r="H5" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="I5" s="48" t="s">
+      <c r="I5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="J5" s="48" t="s">
+      <c r="J5" s="8" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="2:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="8">
+    <row r="6" spans="2:13" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="9">
         <v>1</v>
       </c>
-      <c r="C6" s="33" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="10">
+      <c r="C6" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="12">
         <v>2</v>
       </c>
-      <c r="F6" s="36"/>
-[...10 lines deleted...]
-      <c r="B7" s="8">
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15"/>
+    </row>
+    <row r="7" spans="2:13" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="9">
         <v>2</v>
       </c>
-      <c r="C7" s="9" t="s">
+      <c r="C7" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="12">
+        <v>2</v>
+      </c>
+      <c r="F7" s="13"/>
+      <c r="G7" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="17"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="18"/>
+    </row>
+    <row r="8" spans="2:13" s="16" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="9">
+        <v>3</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" s="12">
+        <v>2</v>
+      </c>
+      <c r="F8" s="15"/>
+      <c r="G8" s="17"/>
+      <c r="H8" s="15"/>
+      <c r="I8" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="15"/>
+      <c r="M8" s="16" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="2:13" s="16" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="12">
+        <v>4</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" s="12">
+        <v>2</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" s="14"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="15"/>
+    </row>
+    <row r="10" spans="2:13" s="19" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="9">
+        <v>5</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="12">
+        <v>2</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="15"/>
+    </row>
+    <row r="11" spans="2:13" s="20" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="12">
+        <v>6</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="12">
+        <v>2</v>
+      </c>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="13"/>
+      <c r="I11" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="J11" s="15"/>
+    </row>
+    <row r="12" spans="2:13" s="16" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="9">
+        <v>7</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" s="12">
+        <v>2</v>
+      </c>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="H12" s="13"/>
+      <c r="I12" s="15"/>
+      <c r="J12" s="15"/>
+    </row>
+    <row r="13" spans="2:13" s="19" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="9">
+        <v>8</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="12">
+        <v>2</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="15"/>
+      <c r="H13" s="13"/>
+      <c r="I13" s="15"/>
+      <c r="J13" s="13"/>
+    </row>
+    <row r="14" spans="2:13" s="20" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="9">
+        <v>9</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" s="12">
+        <v>2</v>
+      </c>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="17"/>
+    </row>
+    <row r="15" spans="2:13" s="16" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="9">
+        <v>10</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="12">
+        <v>2</v>
+      </c>
+      <c r="F15" s="15"/>
+      <c r="G15" s="13"/>
+      <c r="H15" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="I15" s="13"/>
+      <c r="J15" s="15"/>
+    </row>
+    <row r="16" spans="2:13" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="9">
         <v>11</v>
       </c>
-      <c r="D7" s="14" t="s">
+      <c r="C16" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="12">
+        <v>2</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="J16" s="15"/>
+    </row>
+    <row r="17" spans="2:14" s="23" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="9">
         <v>12</v>
       </c>
-      <c r="E7" s="10">
-[...4 lines deleted...]
-      <c r="H7" s="38" t="s">
+      <c r="C17" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="12">
+        <v>2</v>
+      </c>
+      <c r="F17" s="15"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="I17" s="15"/>
+      <c r="J17" s="15"/>
+    </row>
+    <row r="18" spans="2:14" s="23" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="9">
         <v>13</v>
       </c>
-      <c r="I7" s="37"/>
-[...6 lines deleted...]
-      <c r="C8" s="9" t="s">
+      <c r="C18" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="12">
+        <v>2</v>
+      </c>
+      <c r="F18" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" s="22"/>
+      <c r="H18" s="15"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="18"/>
+      <c r="M18" s="37"/>
+      <c r="N18" s="25"/>
+    </row>
+    <row r="19" spans="2:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="39">
         <v>14</v>
       </c>
-      <c r="D8" s="9" t="s">
+      <c r="C19" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E19" s="12">
+        <v>2</v>
+      </c>
+      <c r="F19" s="38"/>
+      <c r="G19" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19" s="38"/>
+      <c r="I19" s="38"/>
+      <c r="J19" s="38"/>
+    </row>
+    <row r="20" spans="2:14" s="23" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="9">
         <v>15</v>
       </c>
-      <c r="E8" s="10">
+      <c r="C20" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="12">
         <v>2</v>
       </c>
-      <c r="F8" s="33"/>
-[...14 lines deleted...]
-      <c r="D9" s="9" t="s">
+      <c r="F20" s="22"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="21" spans="2:14" s="23" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="9">
         <v>17</v>
       </c>
-      <c r="E9" s="10">
+      <c r="C21" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E21" s="12">
         <v>2</v>
       </c>
-      <c r="F9" s="37"/>
-[...35 lines deleted...]
-      <c r="C11" s="9" t="s">
+      <c r="F21" s="22"/>
+      <c r="G21" s="22"/>
+      <c r="H21" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="I21" s="13"/>
+      <c r="J21" s="22"/>
+    </row>
+    <row r="22" spans="2:14" s="23" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="9">
         <v>18</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="C22" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" s="12">
+        <v>2</v>
+      </c>
+      <c r="F22" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="22"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="22"/>
+      <c r="J22" s="22"/>
+    </row>
+    <row r="23" spans="2:14" s="23" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="12">
         <v>19</v>
       </c>
-      <c r="E11" s="10">
+      <c r="C23" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E23" s="12">
         <v>2</v>
       </c>
-      <c r="F11" s="37" t="s">
-[...3 lines deleted...]
-      <c r="H11" s="37" t="s">
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="2:14" s="20" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="9">
         <v>20</v>
       </c>
-      <c r="I11" s="37"/>
-[...6 lines deleted...]
-      <c r="C12" s="9" t="s">
+      <c r="C24" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" s="12">
+        <v>2</v>
+      </c>
+      <c r="F24" s="35"/>
+      <c r="G24" s="22"/>
+      <c r="H24" s="22"/>
+      <c r="I24" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="J24" s="22"/>
+    </row>
+    <row r="25" spans="2:14" s="20" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="9">
         <v>21</v>
       </c>
-      <c r="D12" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="10">
+      <c r="C25" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" s="12">
         <v>2</v>
       </c>
-      <c r="F12" s="37" t="s">
-[...98 lines deleted...]
-      <c r="D17" s="9" t="s">
+      <c r="F25" s="22"/>
+      <c r="G25" s="22"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="21" t="s">
         <v>33</v>
       </c>
-      <c r="E17" s="10">
-[...279 lines deleted...]
-      <c r="D31" s="14" t="s">
+    </row>
+    <row r="26" spans="2:14" s="19" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="3"/>
+      <c r="C26" s="24"/>
+      <c r="D26" s="27"/>
+    </row>
+    <row r="27" spans="2:14" s="19" customFormat="1" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="3"/>
+      <c r="C27" s="24"/>
+      <c r="D27" s="27"/>
+    </row>
+    <row r="28" spans="2:14" s="19" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="3"/>
+      <c r="C28" s="24"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="29"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="45"/>
+      <c r="J28" s="45"/>
+    </row>
+    <row r="29" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="3"/>
+      <c r="C29" s="24"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="40" t="s">
         <v>53</v>
       </c>
-      <c r="E31" s="10">
-[...157 lines deleted...]
-    <row r="39" spans="2:10" s="13" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F29" s="40"/>
+      <c r="G29" s="40"/>
+      <c r="H29" s="40"/>
+      <c r="I29" s="40"/>
+      <c r="J29" s="40"/>
+    </row>
+    <row r="30" spans="2:14" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="3"/>
+      <c r="C30" s="24"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
+      <c r="H30" s="40"/>
+      <c r="I30" s="40"/>
+      <c r="J30" s="40"/>
+    </row>
+    <row r="31" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="3"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="24"/>
+      <c r="E31" s="24"/>
+    </row>
+    <row r="32" spans="2:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="3"/>
+      <c r="C32" s="24"/>
+      <c r="D32" s="24"/>
+      <c r="E32" s="24"/>
+    </row>
+    <row r="33" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="3"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="24"/>
+      <c r="E33" s="24"/>
+    </row>
+    <row r="34" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="3"/>
+      <c r="C34" s="24"/>
+      <c r="D34" s="24"/>
+      <c r="E34" s="24"/>
+    </row>
+    <row r="35" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="3"/>
+      <c r="D35" s="24"/>
+      <c r="E35" s="24"/>
+    </row>
+    <row r="36" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="3"/>
+      <c r="D36" s="24"/>
+      <c r="E36" s="24"/>
+    </row>
+    <row r="37" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="3"/>
+      <c r="D37" s="24"/>
+      <c r="E37" s="24"/>
+    </row>
+    <row r="38" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="3"/>
+      <c r="D38" s="24"/>
+      <c r="E38" s="24"/>
+    </row>
+    <row r="39" spans="2:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B39" s="3"/>
-      <c r="C39" s="17"/>
-[...131 lines deleted...]
-      <c r="C76" s="32"/>
+      <c r="D39" s="24"/>
+      <c r="E39" s="24"/>
+    </row>
+    <row r="51" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B51" s="1"/>
+      <c r="C51" s="28"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+    </row>
+    <row r="52" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B52" s="1"/>
+      <c r="C52" s="28"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+    </row>
+    <row r="53" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B53" s="1"/>
+      <c r="C53" s="28"/>
+      <c r="D53" s="1"/>
+      <c r="E53" s="1"/>
+    </row>
+    <row r="54" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B54" s="1"/>
+      <c r="C54" s="28"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+    </row>
+    <row r="55" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B55" s="1"/>
+      <c r="C55" s="28"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+    </row>
+    <row r="56" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B56" s="1"/>
+      <c r="C56" s="24"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+    </row>
+    <row r="57" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B57" s="1"/>
+      <c r="C57" s="24"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+    </row>
+    <row r="58" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B58" s="1"/>
+      <c r="C58" s="24"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+    </row>
+    <row r="59" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B59" s="1"/>
+      <c r="C59" s="24"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+    </row>
+    <row r="60" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B60" s="1"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+    </row>
+    <row r="61" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B61" s="1"/>
+      <c r="C61" s="33"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="1"/>
+    </row>
+    <row r="62" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B62" s="1"/>
+      <c r="C62" s="33"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
+    </row>
+    <row r="63" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B63" s="1"/>
+      <c r="C63" s="33"/>
+      <c r="D63" s="1"/>
+      <c r="E63" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="6">
+    <mergeCell ref="E29:J30"/>
     <mergeCell ref="B1:J1"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="E3:G3"/>
-    <mergeCell ref="E42:J43"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="F28:J28"/>
   </mergeCells>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.15748031496062992" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Lapas1</vt:lpstr>
       <vt:lpstr>Lapas2</vt:lpstr>
       <vt:lpstr>Lapas3</vt:lpstr>