--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -1,864 +1,554 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="23328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\estas\Desktop\Photo\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0FEC6348-AAB8-40E8-9975-881A96B46FEE}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B0E27181-3A09-48CC-AC9E-7F2D51288C8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
     <sheet name="Lapas2" sheetId="2" r:id="rId2"/>
     <sheet name="Lapas3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="56">
-[...7 lines deleted...]
-    <t xml:space="preserve">2024 - 2025 m.m. </t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+  <si>
+    <t xml:space="preserve">Plungės ,,Saulės" gimnazijos  N.Š. programų </t>
+  </si>
+  <si>
+    <t xml:space="preserve">     2025 - 2026 m. m.</t>
   </si>
   <si>
     <t xml:space="preserve">Nr. </t>
   </si>
   <si>
     <t>Mokytojas</t>
   </si>
   <si>
     <t>N.Š. pavadinimas</t>
   </si>
   <si>
     <t xml:space="preserve">Val. </t>
   </si>
   <si>
     <t xml:space="preserve">R. Damulienė </t>
   </si>
   <si>
     <t>Filologų studija</t>
   </si>
   <si>
-    <t xml:space="preserve">R.Barniškienė </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">I.Zaborskienė </t>
   </si>
   <si>
-    <t xml:space="preserve">Dailės studija ,,Poike"  I -II kl. </t>
+    <t xml:space="preserve">Dailės studija ,,Poike"  I - II kl. </t>
   </si>
   <si>
     <t>Dailės studija ,,Poike" III - IV kl.</t>
   </si>
   <si>
-    <t xml:space="preserve">Taikomoji braižyba </t>
-[...5 lines deleted...]
-    <t>Rūbų diazainas</t>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taikomoji  braižyba </t>
   </si>
   <si>
     <t xml:space="preserve">V. Raibužis </t>
   </si>
   <si>
     <t xml:space="preserve">Šiuolaikinės technologijos </t>
   </si>
   <si>
     <t xml:space="preserve">V.Raibužis </t>
   </si>
   <si>
-    <t>Kūrybinės dirbtuvės</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Renginių įgarsinimas </t>
+    <t xml:space="preserve">Kūrybinės dirbtuvės </t>
   </si>
   <si>
     <t>J.Mažuknė</t>
   </si>
   <si>
     <t>Tolerancijos klubas</t>
   </si>
   <si>
     <t xml:space="preserve">J.Mažuknė </t>
   </si>
   <si>
     <t xml:space="preserve">Jaunieji maltiečiai </t>
   </si>
   <si>
-    <t>V.Račkauskas</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">V.Grimalienė </t>
   </si>
   <si>
     <t xml:space="preserve">Diskusijų kllubas </t>
   </si>
   <si>
     <t>M.Aniščenko</t>
   </si>
   <si>
     <t xml:space="preserve">Šokių studija </t>
   </si>
   <si>
     <t xml:space="preserve">D. Pečiulienė </t>
   </si>
   <si>
     <t xml:space="preserve">Stalo tenisas </t>
   </si>
   <si>
     <t>D.Pečiulienė</t>
   </si>
   <si>
     <t xml:space="preserve">Sportiniai žaidimai </t>
   </si>
   <si>
-    <t>A.Motužis</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Tinklinis  I - II kl. </t>
+    <t xml:space="preserve">E.Timofejevas </t>
+  </si>
+  <si>
+    <t>Krepšinis  vaikinams</t>
   </si>
   <si>
     <t xml:space="preserve">A.Motužis </t>
   </si>
   <si>
     <t>Tinklinis III - IV kl.</t>
   </si>
   <si>
-    <t xml:space="preserve">E.Timofejevas </t>
-[...10 lines deleted...]
-  <si>
     <t>J.Raišutienė</t>
   </si>
   <si>
     <t>Muzikos studija ,,Grok"</t>
   </si>
   <si>
     <t>Dainavimo studija ,,Gama"</t>
   </si>
   <si>
-    <t xml:space="preserve">P.Razgaitis </t>
-[...20 lines deleted...]
-    <t>sporto salė</t>
+    <t xml:space="preserve">Jaunieji lyderiai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Linksmųjų Išradingųjų Klubas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medžio virtuozai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TVARKARAŠTIS (po UP pakeitimo ) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fizinės jėgos ugdymas </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...15 lines deleted...]
-      <color theme="1"/>
+      <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="0" tint="-0.14999847407452621"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="14"/>
-      <color theme="0" tint="-0.14999847407452621"/>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
-      <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="55"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...18 lines deleted...]
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...26 lines deleted...]
-    <border>
       <left/>
       <right/>
-      <top style="medium">
-[...64 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...91 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...5 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...92 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
+    <cellStyle name="Įprastas 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -992,636 +682,1181 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:I62"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H40" sqref="H40"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="7.33203125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="9.109375" style="2"/>
+    <col min="1" max="1" width="9.109375" style="1" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="4" style="23" customWidth="1"/>
+    <col min="3" max="3" width="15.109375" style="22" customWidth="1"/>
+    <col min="4" max="4" width="30.6640625" style="24" customWidth="1"/>
+    <col min="5" max="5" width="28.109375" style="22" bestFit="1" customWidth="1"/>
+    <col min="6" max="249" width="9.109375" style="1"/>
+    <col min="250" max="250" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="251" max="251" width="2.5546875" style="1" customWidth="1"/>
+    <col min="252" max="252" width="4" style="1" customWidth="1"/>
+    <col min="253" max="253" width="16.33203125" style="1" customWidth="1"/>
+    <col min="254" max="254" width="28.6640625" style="1" customWidth="1"/>
+    <col min="255" max="255" width="5.88671875" style="1" customWidth="1"/>
+    <col min="256" max="258" width="15.33203125" style="1" customWidth="1"/>
+    <col min="259" max="259" width="15.6640625" style="1" customWidth="1"/>
+    <col min="260" max="260" width="15.88671875" style="1" customWidth="1"/>
+    <col min="261" max="505" width="9.109375" style="1"/>
+    <col min="506" max="506" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="507" max="507" width="2.5546875" style="1" customWidth="1"/>
+    <col min="508" max="508" width="4" style="1" customWidth="1"/>
+    <col min="509" max="509" width="16.33203125" style="1" customWidth="1"/>
+    <col min="510" max="510" width="28.6640625" style="1" customWidth="1"/>
+    <col min="511" max="511" width="5.88671875" style="1" customWidth="1"/>
+    <col min="512" max="514" width="15.33203125" style="1" customWidth="1"/>
+    <col min="515" max="515" width="15.6640625" style="1" customWidth="1"/>
+    <col min="516" max="516" width="15.88671875" style="1" customWidth="1"/>
+    <col min="517" max="761" width="9.109375" style="1"/>
+    <col min="762" max="762" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="763" max="763" width="2.5546875" style="1" customWidth="1"/>
+    <col min="764" max="764" width="4" style="1" customWidth="1"/>
+    <col min="765" max="765" width="16.33203125" style="1" customWidth="1"/>
+    <col min="766" max="766" width="28.6640625" style="1" customWidth="1"/>
+    <col min="767" max="767" width="5.88671875" style="1" customWidth="1"/>
+    <col min="768" max="770" width="15.33203125" style="1" customWidth="1"/>
+    <col min="771" max="771" width="15.6640625" style="1" customWidth="1"/>
+    <col min="772" max="772" width="15.88671875" style="1" customWidth="1"/>
+    <col min="773" max="1017" width="9.109375" style="1"/>
+    <col min="1018" max="1018" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="1019" max="1019" width="2.5546875" style="1" customWidth="1"/>
+    <col min="1020" max="1020" width="4" style="1" customWidth="1"/>
+    <col min="1021" max="1021" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1022" max="1022" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1023" max="1023" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1024" max="1026" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1027" max="1027" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1028" max="1028" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1029" max="1273" width="9.109375" style="1"/>
+    <col min="1274" max="1274" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="1275" max="1275" width="2.5546875" style="1" customWidth="1"/>
+    <col min="1276" max="1276" width="4" style="1" customWidth="1"/>
+    <col min="1277" max="1277" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1278" max="1278" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1279" max="1279" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1280" max="1282" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1283" max="1283" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1284" max="1284" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1285" max="1529" width="9.109375" style="1"/>
+    <col min="1530" max="1530" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="1531" max="1531" width="2.5546875" style="1" customWidth="1"/>
+    <col min="1532" max="1532" width="4" style="1" customWidth="1"/>
+    <col min="1533" max="1533" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1534" max="1534" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1535" max="1535" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1536" max="1538" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1539" max="1539" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1540" max="1540" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1541" max="1785" width="9.109375" style="1"/>
+    <col min="1786" max="1786" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="1787" max="1787" width="2.5546875" style="1" customWidth="1"/>
+    <col min="1788" max="1788" width="4" style="1" customWidth="1"/>
+    <col min="1789" max="1789" width="16.33203125" style="1" customWidth="1"/>
+    <col min="1790" max="1790" width="28.6640625" style="1" customWidth="1"/>
+    <col min="1791" max="1791" width="5.88671875" style="1" customWidth="1"/>
+    <col min="1792" max="1794" width="15.33203125" style="1" customWidth="1"/>
+    <col min="1795" max="1795" width="15.6640625" style="1" customWidth="1"/>
+    <col min="1796" max="1796" width="15.88671875" style="1" customWidth="1"/>
+    <col min="1797" max="2041" width="9.109375" style="1"/>
+    <col min="2042" max="2042" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="2043" max="2043" width="2.5546875" style="1" customWidth="1"/>
+    <col min="2044" max="2044" width="4" style="1" customWidth="1"/>
+    <col min="2045" max="2045" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2046" max="2046" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2047" max="2047" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2048" max="2050" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2051" max="2051" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2052" max="2052" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2053" max="2297" width="9.109375" style="1"/>
+    <col min="2298" max="2298" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="2299" max="2299" width="2.5546875" style="1" customWidth="1"/>
+    <col min="2300" max="2300" width="4" style="1" customWidth="1"/>
+    <col min="2301" max="2301" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2302" max="2302" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2303" max="2303" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2304" max="2306" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2307" max="2307" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2308" max="2308" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2309" max="2553" width="9.109375" style="1"/>
+    <col min="2554" max="2554" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="2555" max="2555" width="2.5546875" style="1" customWidth="1"/>
+    <col min="2556" max="2556" width="4" style="1" customWidth="1"/>
+    <col min="2557" max="2557" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2558" max="2558" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2559" max="2559" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2560" max="2562" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2563" max="2563" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2564" max="2564" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2565" max="2809" width="9.109375" style="1"/>
+    <col min="2810" max="2810" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="2811" max="2811" width="2.5546875" style="1" customWidth="1"/>
+    <col min="2812" max="2812" width="4" style="1" customWidth="1"/>
+    <col min="2813" max="2813" width="16.33203125" style="1" customWidth="1"/>
+    <col min="2814" max="2814" width="28.6640625" style="1" customWidth="1"/>
+    <col min="2815" max="2815" width="5.88671875" style="1" customWidth="1"/>
+    <col min="2816" max="2818" width="15.33203125" style="1" customWidth="1"/>
+    <col min="2819" max="2819" width="15.6640625" style="1" customWidth="1"/>
+    <col min="2820" max="2820" width="15.88671875" style="1" customWidth="1"/>
+    <col min="2821" max="3065" width="9.109375" style="1"/>
+    <col min="3066" max="3066" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="3067" max="3067" width="2.5546875" style="1" customWidth="1"/>
+    <col min="3068" max="3068" width="4" style="1" customWidth="1"/>
+    <col min="3069" max="3069" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3070" max="3070" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3071" max="3071" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3072" max="3074" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3075" max="3075" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3076" max="3076" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3077" max="3321" width="9.109375" style="1"/>
+    <col min="3322" max="3322" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="3323" max="3323" width="2.5546875" style="1" customWidth="1"/>
+    <col min="3324" max="3324" width="4" style="1" customWidth="1"/>
+    <col min="3325" max="3325" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3326" max="3326" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3327" max="3327" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3328" max="3330" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3331" max="3331" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3332" max="3332" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3333" max="3577" width="9.109375" style="1"/>
+    <col min="3578" max="3578" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="3579" max="3579" width="2.5546875" style="1" customWidth="1"/>
+    <col min="3580" max="3580" width="4" style="1" customWidth="1"/>
+    <col min="3581" max="3581" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3582" max="3582" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3583" max="3583" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3584" max="3586" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3587" max="3587" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3588" max="3588" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3589" max="3833" width="9.109375" style="1"/>
+    <col min="3834" max="3834" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="3835" max="3835" width="2.5546875" style="1" customWidth="1"/>
+    <col min="3836" max="3836" width="4" style="1" customWidth="1"/>
+    <col min="3837" max="3837" width="16.33203125" style="1" customWidth="1"/>
+    <col min="3838" max="3838" width="28.6640625" style="1" customWidth="1"/>
+    <col min="3839" max="3839" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3840" max="3842" width="15.33203125" style="1" customWidth="1"/>
+    <col min="3843" max="3843" width="15.6640625" style="1" customWidth="1"/>
+    <col min="3844" max="3844" width="15.88671875" style="1" customWidth="1"/>
+    <col min="3845" max="4089" width="9.109375" style="1"/>
+    <col min="4090" max="4090" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="4091" max="4091" width="2.5546875" style="1" customWidth="1"/>
+    <col min="4092" max="4092" width="4" style="1" customWidth="1"/>
+    <col min="4093" max="4093" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4094" max="4094" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4095" max="4095" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4096" max="4098" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4099" max="4099" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4100" max="4100" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4101" max="4345" width="9.109375" style="1"/>
+    <col min="4346" max="4346" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="4347" max="4347" width="2.5546875" style="1" customWidth="1"/>
+    <col min="4348" max="4348" width="4" style="1" customWidth="1"/>
+    <col min="4349" max="4349" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4350" max="4350" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4351" max="4351" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4352" max="4354" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4355" max="4355" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4356" max="4356" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4357" max="4601" width="9.109375" style="1"/>
+    <col min="4602" max="4602" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="4603" max="4603" width="2.5546875" style="1" customWidth="1"/>
+    <col min="4604" max="4604" width="4" style="1" customWidth="1"/>
+    <col min="4605" max="4605" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4606" max="4606" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4607" max="4607" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4608" max="4610" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4611" max="4611" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4612" max="4612" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4613" max="4857" width="9.109375" style="1"/>
+    <col min="4858" max="4858" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="4859" max="4859" width="2.5546875" style="1" customWidth="1"/>
+    <col min="4860" max="4860" width="4" style="1" customWidth="1"/>
+    <col min="4861" max="4861" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4862" max="4862" width="28.6640625" style="1" customWidth="1"/>
+    <col min="4863" max="4863" width="5.88671875" style="1" customWidth="1"/>
+    <col min="4864" max="4866" width="15.33203125" style="1" customWidth="1"/>
+    <col min="4867" max="4867" width="15.6640625" style="1" customWidth="1"/>
+    <col min="4868" max="4868" width="15.88671875" style="1" customWidth="1"/>
+    <col min="4869" max="5113" width="9.109375" style="1"/>
+    <col min="5114" max="5114" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="5115" max="5115" width="2.5546875" style="1" customWidth="1"/>
+    <col min="5116" max="5116" width="4" style="1" customWidth="1"/>
+    <col min="5117" max="5117" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5118" max="5118" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5119" max="5119" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5120" max="5122" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5123" max="5123" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5124" max="5124" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5125" max="5369" width="9.109375" style="1"/>
+    <col min="5370" max="5370" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="5371" max="5371" width="2.5546875" style="1" customWidth="1"/>
+    <col min="5372" max="5372" width="4" style="1" customWidth="1"/>
+    <col min="5373" max="5373" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5374" max="5374" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5375" max="5375" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5376" max="5378" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5379" max="5379" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5380" max="5380" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5381" max="5625" width="9.109375" style="1"/>
+    <col min="5626" max="5626" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="5627" max="5627" width="2.5546875" style="1" customWidth="1"/>
+    <col min="5628" max="5628" width="4" style="1" customWidth="1"/>
+    <col min="5629" max="5629" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5630" max="5630" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5631" max="5631" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5632" max="5634" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5635" max="5635" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5636" max="5636" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5637" max="5881" width="9.109375" style="1"/>
+    <col min="5882" max="5882" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="5883" max="5883" width="2.5546875" style="1" customWidth="1"/>
+    <col min="5884" max="5884" width="4" style="1" customWidth="1"/>
+    <col min="5885" max="5885" width="16.33203125" style="1" customWidth="1"/>
+    <col min="5886" max="5886" width="28.6640625" style="1" customWidth="1"/>
+    <col min="5887" max="5887" width="5.88671875" style="1" customWidth="1"/>
+    <col min="5888" max="5890" width="15.33203125" style="1" customWidth="1"/>
+    <col min="5891" max="5891" width="15.6640625" style="1" customWidth="1"/>
+    <col min="5892" max="5892" width="15.88671875" style="1" customWidth="1"/>
+    <col min="5893" max="6137" width="9.109375" style="1"/>
+    <col min="6138" max="6138" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="6139" max="6139" width="2.5546875" style="1" customWidth="1"/>
+    <col min="6140" max="6140" width="4" style="1" customWidth="1"/>
+    <col min="6141" max="6141" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6142" max="6142" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6143" max="6143" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6144" max="6146" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6147" max="6147" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6148" max="6148" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6149" max="6393" width="9.109375" style="1"/>
+    <col min="6394" max="6394" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="6395" max="6395" width="2.5546875" style="1" customWidth="1"/>
+    <col min="6396" max="6396" width="4" style="1" customWidth="1"/>
+    <col min="6397" max="6397" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6398" max="6398" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6399" max="6399" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6400" max="6402" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6403" max="6403" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6404" max="6404" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6405" max="6649" width="9.109375" style="1"/>
+    <col min="6650" max="6650" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="6651" max="6651" width="2.5546875" style="1" customWidth="1"/>
+    <col min="6652" max="6652" width="4" style="1" customWidth="1"/>
+    <col min="6653" max="6653" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6654" max="6654" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6655" max="6655" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6656" max="6658" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6659" max="6659" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6660" max="6660" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6661" max="6905" width="9.109375" style="1"/>
+    <col min="6906" max="6906" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="6907" max="6907" width="2.5546875" style="1" customWidth="1"/>
+    <col min="6908" max="6908" width="4" style="1" customWidth="1"/>
+    <col min="6909" max="6909" width="16.33203125" style="1" customWidth="1"/>
+    <col min="6910" max="6910" width="28.6640625" style="1" customWidth="1"/>
+    <col min="6911" max="6911" width="5.88671875" style="1" customWidth="1"/>
+    <col min="6912" max="6914" width="15.33203125" style="1" customWidth="1"/>
+    <col min="6915" max="6915" width="15.6640625" style="1" customWidth="1"/>
+    <col min="6916" max="6916" width="15.88671875" style="1" customWidth="1"/>
+    <col min="6917" max="7161" width="9.109375" style="1"/>
+    <col min="7162" max="7162" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="7163" max="7163" width="2.5546875" style="1" customWidth="1"/>
+    <col min="7164" max="7164" width="4" style="1" customWidth="1"/>
+    <col min="7165" max="7165" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7166" max="7166" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7167" max="7167" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7168" max="7170" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7171" max="7171" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7172" max="7172" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7173" max="7417" width="9.109375" style="1"/>
+    <col min="7418" max="7418" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="7419" max="7419" width="2.5546875" style="1" customWidth="1"/>
+    <col min="7420" max="7420" width="4" style="1" customWidth="1"/>
+    <col min="7421" max="7421" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7422" max="7422" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7423" max="7423" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7424" max="7426" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7427" max="7427" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7428" max="7428" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7429" max="7673" width="9.109375" style="1"/>
+    <col min="7674" max="7674" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="7675" max="7675" width="2.5546875" style="1" customWidth="1"/>
+    <col min="7676" max="7676" width="4" style="1" customWidth="1"/>
+    <col min="7677" max="7677" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7678" max="7678" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7679" max="7679" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7680" max="7682" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7683" max="7683" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7684" max="7684" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7685" max="7929" width="9.109375" style="1"/>
+    <col min="7930" max="7930" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="7931" max="7931" width="2.5546875" style="1" customWidth="1"/>
+    <col min="7932" max="7932" width="4" style="1" customWidth="1"/>
+    <col min="7933" max="7933" width="16.33203125" style="1" customWidth="1"/>
+    <col min="7934" max="7934" width="28.6640625" style="1" customWidth="1"/>
+    <col min="7935" max="7935" width="5.88671875" style="1" customWidth="1"/>
+    <col min="7936" max="7938" width="15.33203125" style="1" customWidth="1"/>
+    <col min="7939" max="7939" width="15.6640625" style="1" customWidth="1"/>
+    <col min="7940" max="7940" width="15.88671875" style="1" customWidth="1"/>
+    <col min="7941" max="8185" width="9.109375" style="1"/>
+    <col min="8186" max="8186" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8187" max="8187" width="2.5546875" style="1" customWidth="1"/>
+    <col min="8188" max="8188" width="4" style="1" customWidth="1"/>
+    <col min="8189" max="8189" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8190" max="8190" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8191" max="8191" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8192" max="8194" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8195" max="8195" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8196" max="8196" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8197" max="8441" width="9.109375" style="1"/>
+    <col min="8442" max="8442" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8443" max="8443" width="2.5546875" style="1" customWidth="1"/>
+    <col min="8444" max="8444" width="4" style="1" customWidth="1"/>
+    <col min="8445" max="8445" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8446" max="8446" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8447" max="8447" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8448" max="8450" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8451" max="8451" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8452" max="8452" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8453" max="8697" width="9.109375" style="1"/>
+    <col min="8698" max="8698" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8699" max="8699" width="2.5546875" style="1" customWidth="1"/>
+    <col min="8700" max="8700" width="4" style="1" customWidth="1"/>
+    <col min="8701" max="8701" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8702" max="8702" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8703" max="8703" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8704" max="8706" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8707" max="8707" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8708" max="8708" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8709" max="8953" width="9.109375" style="1"/>
+    <col min="8954" max="8954" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8955" max="8955" width="2.5546875" style="1" customWidth="1"/>
+    <col min="8956" max="8956" width="4" style="1" customWidth="1"/>
+    <col min="8957" max="8957" width="16.33203125" style="1" customWidth="1"/>
+    <col min="8958" max="8958" width="28.6640625" style="1" customWidth="1"/>
+    <col min="8959" max="8959" width="5.88671875" style="1" customWidth="1"/>
+    <col min="8960" max="8962" width="15.33203125" style="1" customWidth="1"/>
+    <col min="8963" max="8963" width="15.6640625" style="1" customWidth="1"/>
+    <col min="8964" max="8964" width="15.88671875" style="1" customWidth="1"/>
+    <col min="8965" max="9209" width="9.109375" style="1"/>
+    <col min="9210" max="9210" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="9211" max="9211" width="2.5546875" style="1" customWidth="1"/>
+    <col min="9212" max="9212" width="4" style="1" customWidth="1"/>
+    <col min="9213" max="9213" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9214" max="9214" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9215" max="9215" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9216" max="9218" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9219" max="9219" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9220" max="9220" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9221" max="9465" width="9.109375" style="1"/>
+    <col min="9466" max="9466" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="9467" max="9467" width="2.5546875" style="1" customWidth="1"/>
+    <col min="9468" max="9468" width="4" style="1" customWidth="1"/>
+    <col min="9469" max="9469" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9470" max="9470" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9471" max="9471" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9472" max="9474" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9475" max="9475" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9476" max="9476" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9477" max="9721" width="9.109375" style="1"/>
+    <col min="9722" max="9722" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="9723" max="9723" width="2.5546875" style="1" customWidth="1"/>
+    <col min="9724" max="9724" width="4" style="1" customWidth="1"/>
+    <col min="9725" max="9725" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9726" max="9726" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9727" max="9727" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9728" max="9730" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9731" max="9731" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9732" max="9732" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9733" max="9977" width="9.109375" style="1"/>
+    <col min="9978" max="9978" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="9979" max="9979" width="2.5546875" style="1" customWidth="1"/>
+    <col min="9980" max="9980" width="4" style="1" customWidth="1"/>
+    <col min="9981" max="9981" width="16.33203125" style="1" customWidth="1"/>
+    <col min="9982" max="9982" width="28.6640625" style="1" customWidth="1"/>
+    <col min="9983" max="9983" width="5.88671875" style="1" customWidth="1"/>
+    <col min="9984" max="9986" width="15.33203125" style="1" customWidth="1"/>
+    <col min="9987" max="9987" width="15.6640625" style="1" customWidth="1"/>
+    <col min="9988" max="9988" width="15.88671875" style="1" customWidth="1"/>
+    <col min="9989" max="10233" width="9.109375" style="1"/>
+    <col min="10234" max="10234" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="10235" max="10235" width="2.5546875" style="1" customWidth="1"/>
+    <col min="10236" max="10236" width="4" style="1" customWidth="1"/>
+    <col min="10237" max="10237" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10238" max="10238" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10239" max="10239" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10240" max="10242" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10243" max="10243" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10244" max="10244" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10245" max="10489" width="9.109375" style="1"/>
+    <col min="10490" max="10490" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="10491" max="10491" width="2.5546875" style="1" customWidth="1"/>
+    <col min="10492" max="10492" width="4" style="1" customWidth="1"/>
+    <col min="10493" max="10493" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10494" max="10494" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10495" max="10495" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10496" max="10498" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10499" max="10499" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10500" max="10500" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10501" max="10745" width="9.109375" style="1"/>
+    <col min="10746" max="10746" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="10747" max="10747" width="2.5546875" style="1" customWidth="1"/>
+    <col min="10748" max="10748" width="4" style="1" customWidth="1"/>
+    <col min="10749" max="10749" width="16.33203125" style="1" customWidth="1"/>
+    <col min="10750" max="10750" width="28.6640625" style="1" customWidth="1"/>
+    <col min="10751" max="10751" width="5.88671875" style="1" customWidth="1"/>
+    <col min="10752" max="10754" width="15.33203125" style="1" customWidth="1"/>
+    <col min="10755" max="10755" width="15.6640625" style="1" customWidth="1"/>
+    <col min="10756" max="10756" width="15.88671875" style="1" customWidth="1"/>
+    <col min="10757" max="11001" width="9.109375" style="1"/>
+    <col min="11002" max="11002" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="11003" max="11003" width="2.5546875" style="1" customWidth="1"/>
+    <col min="11004" max="11004" width="4" style="1" customWidth="1"/>
+    <col min="11005" max="11005" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11006" max="11006" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11007" max="11007" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11008" max="11010" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11011" max="11011" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11012" max="11012" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11013" max="11257" width="9.109375" style="1"/>
+    <col min="11258" max="11258" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="11259" max="11259" width="2.5546875" style="1" customWidth="1"/>
+    <col min="11260" max="11260" width="4" style="1" customWidth="1"/>
+    <col min="11261" max="11261" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11262" max="11262" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11263" max="11263" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11264" max="11266" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11267" max="11267" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11268" max="11268" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11269" max="11513" width="9.109375" style="1"/>
+    <col min="11514" max="11514" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="11515" max="11515" width="2.5546875" style="1" customWidth="1"/>
+    <col min="11516" max="11516" width="4" style="1" customWidth="1"/>
+    <col min="11517" max="11517" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11518" max="11518" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11519" max="11519" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11520" max="11522" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11523" max="11523" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11524" max="11524" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11525" max="11769" width="9.109375" style="1"/>
+    <col min="11770" max="11770" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="11771" max="11771" width="2.5546875" style="1" customWidth="1"/>
+    <col min="11772" max="11772" width="4" style="1" customWidth="1"/>
+    <col min="11773" max="11773" width="16.33203125" style="1" customWidth="1"/>
+    <col min="11774" max="11774" width="28.6640625" style="1" customWidth="1"/>
+    <col min="11775" max="11775" width="5.88671875" style="1" customWidth="1"/>
+    <col min="11776" max="11778" width="15.33203125" style="1" customWidth="1"/>
+    <col min="11779" max="11779" width="15.6640625" style="1" customWidth="1"/>
+    <col min="11780" max="11780" width="15.88671875" style="1" customWidth="1"/>
+    <col min="11781" max="12025" width="9.109375" style="1"/>
+    <col min="12026" max="12026" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="12027" max="12027" width="2.5546875" style="1" customWidth="1"/>
+    <col min="12028" max="12028" width="4" style="1" customWidth="1"/>
+    <col min="12029" max="12029" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12030" max="12030" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12031" max="12031" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12032" max="12034" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12035" max="12035" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12036" max="12036" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12037" max="12281" width="9.109375" style="1"/>
+    <col min="12282" max="12282" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="12283" max="12283" width="2.5546875" style="1" customWidth="1"/>
+    <col min="12284" max="12284" width="4" style="1" customWidth="1"/>
+    <col min="12285" max="12285" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12286" max="12286" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12287" max="12287" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12288" max="12290" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12291" max="12291" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12292" max="12292" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12293" max="12537" width="9.109375" style="1"/>
+    <col min="12538" max="12538" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="12539" max="12539" width="2.5546875" style="1" customWidth="1"/>
+    <col min="12540" max="12540" width="4" style="1" customWidth="1"/>
+    <col min="12541" max="12541" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12542" max="12542" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12543" max="12543" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12544" max="12546" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12547" max="12547" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12548" max="12548" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12549" max="12793" width="9.109375" style="1"/>
+    <col min="12794" max="12794" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="12795" max="12795" width="2.5546875" style="1" customWidth="1"/>
+    <col min="12796" max="12796" width="4" style="1" customWidth="1"/>
+    <col min="12797" max="12797" width="16.33203125" style="1" customWidth="1"/>
+    <col min="12798" max="12798" width="28.6640625" style="1" customWidth="1"/>
+    <col min="12799" max="12799" width="5.88671875" style="1" customWidth="1"/>
+    <col min="12800" max="12802" width="15.33203125" style="1" customWidth="1"/>
+    <col min="12803" max="12803" width="15.6640625" style="1" customWidth="1"/>
+    <col min="12804" max="12804" width="15.88671875" style="1" customWidth="1"/>
+    <col min="12805" max="13049" width="9.109375" style="1"/>
+    <col min="13050" max="13050" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="13051" max="13051" width="2.5546875" style="1" customWidth="1"/>
+    <col min="13052" max="13052" width="4" style="1" customWidth="1"/>
+    <col min="13053" max="13053" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13054" max="13054" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13055" max="13055" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13056" max="13058" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13059" max="13059" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13060" max="13060" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13061" max="13305" width="9.109375" style="1"/>
+    <col min="13306" max="13306" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="13307" max="13307" width="2.5546875" style="1" customWidth="1"/>
+    <col min="13308" max="13308" width="4" style="1" customWidth="1"/>
+    <col min="13309" max="13309" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13310" max="13310" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13311" max="13311" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13312" max="13314" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13315" max="13315" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13316" max="13316" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13317" max="13561" width="9.109375" style="1"/>
+    <col min="13562" max="13562" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="13563" max="13563" width="2.5546875" style="1" customWidth="1"/>
+    <col min="13564" max="13564" width="4" style="1" customWidth="1"/>
+    <col min="13565" max="13565" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13566" max="13566" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13567" max="13567" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13568" max="13570" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13571" max="13571" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13572" max="13572" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13573" max="13817" width="9.109375" style="1"/>
+    <col min="13818" max="13818" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="13819" max="13819" width="2.5546875" style="1" customWidth="1"/>
+    <col min="13820" max="13820" width="4" style="1" customWidth="1"/>
+    <col min="13821" max="13821" width="16.33203125" style="1" customWidth="1"/>
+    <col min="13822" max="13822" width="28.6640625" style="1" customWidth="1"/>
+    <col min="13823" max="13823" width="5.88671875" style="1" customWidth="1"/>
+    <col min="13824" max="13826" width="15.33203125" style="1" customWidth="1"/>
+    <col min="13827" max="13827" width="15.6640625" style="1" customWidth="1"/>
+    <col min="13828" max="13828" width="15.88671875" style="1" customWidth="1"/>
+    <col min="13829" max="14073" width="9.109375" style="1"/>
+    <col min="14074" max="14074" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="14075" max="14075" width="2.5546875" style="1" customWidth="1"/>
+    <col min="14076" max="14076" width="4" style="1" customWidth="1"/>
+    <col min="14077" max="14077" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14078" max="14078" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14079" max="14079" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14080" max="14082" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14083" max="14083" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14084" max="14084" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14085" max="14329" width="9.109375" style="1"/>
+    <col min="14330" max="14330" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="14331" max="14331" width="2.5546875" style="1" customWidth="1"/>
+    <col min="14332" max="14332" width="4" style="1" customWidth="1"/>
+    <col min="14333" max="14333" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14334" max="14334" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14335" max="14335" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14336" max="14338" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14339" max="14339" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14340" max="14340" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14341" max="14585" width="9.109375" style="1"/>
+    <col min="14586" max="14586" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="14587" max="14587" width="2.5546875" style="1" customWidth="1"/>
+    <col min="14588" max="14588" width="4" style="1" customWidth="1"/>
+    <col min="14589" max="14589" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14590" max="14590" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14591" max="14591" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14592" max="14594" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14595" max="14595" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14596" max="14596" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14597" max="14841" width="9.109375" style="1"/>
+    <col min="14842" max="14842" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="14843" max="14843" width="2.5546875" style="1" customWidth="1"/>
+    <col min="14844" max="14844" width="4" style="1" customWidth="1"/>
+    <col min="14845" max="14845" width="16.33203125" style="1" customWidth="1"/>
+    <col min="14846" max="14846" width="28.6640625" style="1" customWidth="1"/>
+    <col min="14847" max="14847" width="5.88671875" style="1" customWidth="1"/>
+    <col min="14848" max="14850" width="15.33203125" style="1" customWidth="1"/>
+    <col min="14851" max="14851" width="15.6640625" style="1" customWidth="1"/>
+    <col min="14852" max="14852" width="15.88671875" style="1" customWidth="1"/>
+    <col min="14853" max="15097" width="9.109375" style="1"/>
+    <col min="15098" max="15098" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="15099" max="15099" width="2.5546875" style="1" customWidth="1"/>
+    <col min="15100" max="15100" width="4" style="1" customWidth="1"/>
+    <col min="15101" max="15101" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15102" max="15102" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15103" max="15103" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15104" max="15106" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15107" max="15107" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15108" max="15108" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15109" max="15353" width="9.109375" style="1"/>
+    <col min="15354" max="15354" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="15355" max="15355" width="2.5546875" style="1" customWidth="1"/>
+    <col min="15356" max="15356" width="4" style="1" customWidth="1"/>
+    <col min="15357" max="15357" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15358" max="15358" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15359" max="15359" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15360" max="15362" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15363" max="15363" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15364" max="15364" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15365" max="15609" width="9.109375" style="1"/>
+    <col min="15610" max="15610" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="15611" max="15611" width="2.5546875" style="1" customWidth="1"/>
+    <col min="15612" max="15612" width="4" style="1" customWidth="1"/>
+    <col min="15613" max="15613" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15614" max="15614" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15615" max="15615" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15616" max="15618" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15619" max="15619" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15620" max="15620" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15621" max="15865" width="9.109375" style="1"/>
+    <col min="15866" max="15866" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="15867" max="15867" width="2.5546875" style="1" customWidth="1"/>
+    <col min="15868" max="15868" width="4" style="1" customWidth="1"/>
+    <col min="15869" max="15869" width="16.33203125" style="1" customWidth="1"/>
+    <col min="15870" max="15870" width="28.6640625" style="1" customWidth="1"/>
+    <col min="15871" max="15871" width="5.88671875" style="1" customWidth="1"/>
+    <col min="15872" max="15874" width="15.33203125" style="1" customWidth="1"/>
+    <col min="15875" max="15875" width="15.6640625" style="1" customWidth="1"/>
+    <col min="15876" max="15876" width="15.88671875" style="1" customWidth="1"/>
+    <col min="15877" max="16121" width="9.109375" style="1"/>
+    <col min="16122" max="16122" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="16123" max="16123" width="2.5546875" style="1" customWidth="1"/>
+    <col min="16124" max="16124" width="4" style="1" customWidth="1"/>
+    <col min="16125" max="16125" width="16.33203125" style="1" customWidth="1"/>
+    <col min="16126" max="16126" width="28.6640625" style="1" customWidth="1"/>
+    <col min="16127" max="16127" width="5.88671875" style="1" customWidth="1"/>
+    <col min="16128" max="16130" width="15.33203125" style="1" customWidth="1"/>
+    <col min="16131" max="16131" width="15.6640625" style="1" customWidth="1"/>
+    <col min="16132" max="16132" width="15.88671875" style="1" customWidth="1"/>
+    <col min="16133" max="16379" width="9.109375" style="1"/>
+    <col min="16380" max="16384" width="9.109375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="A2" s="44" t="s">
+    <row r="1" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="44"/>
-[...7 lines deleted...]
-      <c r="C3" s="44" t="s">
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+    </row>
+    <row r="2" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="31" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+    </row>
+    <row r="3" spans="2:8" ht="29.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="44"/>
-[...29 lines deleted...]
-      <c r="A7" s="7" t="s">
+    </row>
+    <row r="4" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="30"/>
+    </row>
+    <row r="5" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="8" t="s">
+      <c r="D5" s="5" t="s">
         <v>4</v>
       </c>
+      <c r="E5" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="2:8" s="12" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="7">
+        <v>1</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7" spans="2:8" s="12" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="7">
+        <v>2</v>
+      </c>
       <c r="C7" s="8" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="8" spans="2:8" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="7">
+        <v>3</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="10">
+        <v>2</v>
+      </c>
+      <c r="H8" s="12" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="2:8" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="10">
+        <v>4</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" s="13" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="7">
         <v>5</v>
       </c>
-      <c r="E7" s="10" t="s">
+      <c r="C10" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" s="14" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B11" s="10">
         <v>6</v>
       </c>
-      <c r="F7" s="11"/>
-[...5 lines deleted...]
-      <c r="B8" s="14" t="s">
+      <c r="C11" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" s="12" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="7">
         <v>7</v>
       </c>
-      <c r="C8" s="39">
+      <c r="C12" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="2:8" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="7">
+        <v>8</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="2:8" s="14" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="7">
+        <v>9</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:8" s="12" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="7">
+        <v>10</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="2:8" s="12" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="7">
+        <v>11</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17" spans="2:9" s="15" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="7">
+        <v>12</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="18" spans="2:9" s="15" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="7">
+        <v>13</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E18" s="10">
+        <v>2</v>
+      </c>
+      <c r="H18" s="26"/>
+      <c r="I18" s="17"/>
+    </row>
+    <row r="19" spans="2:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="27">
+        <v>14</v>
+      </c>
+      <c r="C19" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="15" t="s">
-[...84 lines deleted...]
-      <c r="B13" s="19" t="s">
+      <c r="D19" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="2:9" s="15" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="7">
         <v>15</v>
       </c>
-      <c r="C13" s="40">
-[...14 lines deleted...]
-      <c r="B14" s="19" t="s">
+      <c r="C20" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="2:9" s="15" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="7">
         <v>17</v>
       </c>
-      <c r="C14" s="40">
-[...2 lines deleted...]
-      <c r="D14" s="23" t="s">
+      <c r="C21" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="22" spans="2:9" s="15" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="7">
         <v>18</v>
       </c>
-      <c r="E14" s="21">
-[...8 lines deleted...]
-      <c r="B15" s="19" t="s">
+      <c r="C22" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E22" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="2:9" s="15" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="10">
         <v>19</v>
       </c>
-      <c r="C15" s="40">
-[...2 lines deleted...]
-      <c r="D15" s="19" t="s">
+      <c r="C23" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="2:9" s="14" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="7">
         <v>20</v>
       </c>
-      <c r="E15" s="21">
-[...14 lines deleted...]
-      <c r="D16" s="24" t="s">
+      <c r="C24" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="E16" s="21">
-[...140 lines deleted...]
-      <c r="D24" s="19" t="s">
+      <c r="D24" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="E24" s="21">
-[...8 lines deleted...]
-      <c r="B25" s="19" t="s">
+      <c r="E24" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="2:9" s="14" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="7">
+        <v>21</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="40" t="s">
-[...178 lines deleted...]
-      <c r="F35" s="11"/>
+      <c r="E25" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="2:9" s="13" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="3"/>
+      <c r="C26" s="16"/>
+      <c r="D26" s="19"/>
+    </row>
+    <row r="27" spans="2:9" s="13" customFormat="1" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="3"/>
+      <c r="C27" s="16"/>
+      <c r="D27" s="19"/>
+    </row>
+    <row r="28" spans="2:9" s="13" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="3"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="20"/>
+      <c r="E28" s="21"/>
+    </row>
+    <row r="29" spans="2:9" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="3"/>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16"/>
+      <c r="E29" s="28"/>
+    </row>
+    <row r="30" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="3"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+    </row>
+    <row r="31" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="3"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+    </row>
+    <row r="32" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="3"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16"/>
+      <c r="E32" s="16"/>
+    </row>
+    <row r="33" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="3"/>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16"/>
+      <c r="E33" s="16"/>
+    </row>
+    <row r="34" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="3"/>
+      <c r="D34" s="16"/>
+      <c r="E34" s="16"/>
+    </row>
+    <row r="35" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="3"/>
+      <c r="D35" s="16"/>
+      <c r="E35" s="16"/>
+    </row>
+    <row r="36" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="3"/>
+      <c r="D36" s="16"/>
+      <c r="E36" s="16"/>
+    </row>
+    <row r="37" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="3"/>
+      <c r="D37" s="16"/>
+      <c r="E37" s="16"/>
+    </row>
+    <row r="38" spans="2:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="3"/>
+      <c r="D38" s="16"/>
+      <c r="E38" s="16"/>
+    </row>
+    <row r="50" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B50" s="1"/>
+      <c r="C50" s="20"/>
+      <c r="D50" s="1"/>
+      <c r="E50" s="1"/>
+    </row>
+    <row r="51" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B51" s="1"/>
+      <c r="C51" s="20"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="1"/>
+    </row>
+    <row r="52" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B52" s="1"/>
+      <c r="C52" s="20"/>
+      <c r="D52" s="1"/>
+      <c r="E52" s="1"/>
+    </row>
+    <row r="53" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B53" s="1"/>
+      <c r="C53" s="20"/>
+      <c r="D53" s="1"/>
+      <c r="E53" s="1"/>
+    </row>
+    <row r="54" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B54" s="1"/>
+      <c r="C54" s="20"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+    </row>
+    <row r="55" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B55" s="1"/>
+      <c r="C55" s="16"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+    </row>
+    <row r="56" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B56" s="1"/>
+      <c r="C56" s="16"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1"/>
+    </row>
+    <row r="57" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B57" s="1"/>
+      <c r="C57" s="16"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="1"/>
+    </row>
+    <row r="58" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B58" s="1"/>
+      <c r="C58" s="16"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+    </row>
+    <row r="59" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B59" s="1"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+    </row>
+    <row r="60" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B60" s="1"/>
+      <c r="C60" s="25"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+    </row>
+    <row r="61" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B61" s="1"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="1"/>
+      <c r="E61" s="1"/>
+    </row>
+    <row r="62" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B62" s="1"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="1"/>
+      <c r="E62" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...3 lines deleted...]
-    <mergeCell ref="C4:D4"/>
+  <mergeCells count="2">
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="B2:E2"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
@@ -1638,29 +1873,30 @@
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Lapas1</vt:lpstr>
       <vt:lpstr>Lapas2</vt:lpstr>
       <vt:lpstr>Lapas3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vartotojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>