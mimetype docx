--- v0 (2025-12-07)
+++ v1 (2026-02-28)
@@ -1,1326 +1,1271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01818920" w14:textId="77777777" w:rsidR="00297F7C" w:rsidRPr="00642B60" w:rsidRDefault="00642B60" w:rsidP="00240E91">
+    <w:p w14:paraId="73635F7A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="005C69B0" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C69B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>4 priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4652BE2F" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F56FC72" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="771F866A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>UGDYMO ORGANIZAVIMAS NUOTOLINIU MOKYMO PROCESO ORGANIZAVIMO BŪDU, KAI NĖRA GALIMYBĖS TĘSTI UGDYMO PROCESO GRUPINIO MOKYMOSI FORMA KASDIENIU MOKYMO PROCESO ORGANIZAVIMO BŪDU AR  ESANT APLINKYBĖMS GIMNAZIJOJE, DĖL KURIŲ UGDYMO PROCESAS NEGALI BŪTI AR NĖRA ORGANIZUOJAMAS KASDIENIU MOKYMO PROCESO ORGANIZAVIMO BŪDU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F748B05" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="6176527C" w14:textId="77777777" w:rsidR="00642B60" w:rsidRPr="00642B60" w:rsidRDefault="00642B60" w:rsidP="00240E91">
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0505F1B2" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="1347524A" w14:textId="77777777" w:rsidR="00642B60" w:rsidRPr="00642B60" w:rsidRDefault="00642B60" w:rsidP="00240E91">
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5015F9F4" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="001B1D87" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...37 lines deleted...]
-        </w:tabs>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1D87">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1D87">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7622D9A2" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="001B1D87" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7712D340" w14:textId="77777777" w:rsidR="00642B60" w:rsidRDefault="00642B60" w:rsidP="00240E91">
-[...152 lines deleted...]
-    <w:p w14:paraId="2AFEB998" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="32040D72" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Nuotoliniu mokymo proceso organizavimo būdu mokiniai mokomi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0922B9E3" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="60848FFA" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>esant ypatingoms aplinkybėms (karantino, ekstremalios situacijos, ekstremalaus įvykio ar įvykio, keliančio pavojų mokinių sveikatai ir gyvybei laikotarpiu);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1441FFC0" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5894412F" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>esant aplinkybėms gimnazijoje, dėl kurių ugdymo procesas negali būti organizuojamas kasdieniu mokymo proceso organizavimo būdu (gimnazija yra dalykų brandos egzaminų centras, vyksta remonto darbai ir kt.);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FD2AC3" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="4A95A055" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>esant aplinkybėms gimnazijoje, dėl kurių ugdymo procesas nėra organizuojamas kasdieniu mokymo proceso organizavimo būdu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055E55A8" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="6934CB2C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Jei nėra Valstybės, savivaldybės lygiu priimto sprendimo, gimnazijos direktorius sprendimą ugdymo procesą organizuoti nuotoliniu mokymo proceso organizavimo būdu priima Mokymosi pagal formaliojo švietimo programas (išskyrus aukštojo mokslo studijų programas) formų ir mokymo organizavimo tvarkos aprašo, patvirtinto Lietuvos Respublikos švietimo ir mokslo ministro 2012 m. birželio 28 d. įsakymu Nr. V – 1049 „Dėl Mokymosi pagal formaliojo švietimo programas (išskyrus aukštojo mokslo studijų programas) formų ir mokymo organizavimo tvarkos aprašo patvirtinimo“, nustatytą tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F08C734" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="29633F36" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Ugdymo proceso organizavimo nuotoliniu būdu atvejai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ECEE011" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5F7CC77E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...10 lines deleted...]
-        <w:t>ugdymo procesas tam tikrą laikotarpį organizuojamas nuotoliniu būdu: mokytojai dirba ir mokiniai mokosi nuotoliniu būdu iš namų (sinchroninis/ asinchroninis mokymas(</w:t>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo procesas tam tikrą laikotarpį organizuojamas nuotoliniu būdu: mokytojai dirba ir mokiniai mokosi nuotoliniu būdu iš namų (sinchroninis/asinchroninis mokymas(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>));</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4176E5A3" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="50FE148C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...10 lines deleted...]
-        <w:t>mokytojas dirba nuotoliniu būdu iš namų, mokiniai pagal pamokų tvarkaraštį dalyvauja pamokose gimnazijoje (sinchroninis mokymas(</w:t>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojas dirba nuotoliniu būdu iš namų, mokiniai pagal pamokų tvarkaraštį dalyvauja pamokose gimnazijoje (sinchroninis mokymas(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">)). Šis atvejis taikomas, kai mokytojas dėl tam tikrų pateisinamų priežasčių negali dirbti tiesioginio darbo įstaigoje, pvz., yra </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>saviizoliacijoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E672EA7" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojas pagal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamokų tvarkaraštį dirba gimnazijoje, mokiniai mokosi nuotoliniu būdu iš namų (sinchroninis/asinchroninis mokymas(-</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>saviizoliacijoje</w:t>
+        <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...55 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">)). Šis atvejis taikomas, kai su mokytoju nėra sutarta dėl nuotolinio darbo, kai mokytojui nėra sąlygų dirbti iš namų ar dirbant mišriuoju būdu, t. y.  mokinius mokant keliais mokymo proceso organizavimo būdais, pvz., savaitę kasdieniu, savaitę nuotoliniu ugdymo proceso organizavimo būdu ir kitais atitinkamais atvejais. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055587E1" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="177596CF" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="3D4A6F3F" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15274A62" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="001B1D87" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6B9A99AD" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1D87">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B1D87">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PASIRENGIMAS MOKYTI NUOTOLINIU MOKYMO PROCESO ORGANIZAVIMO BŪDU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5D5A82" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2506813A" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5B65FCF3" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Gimnazijoje yra užtikrinama mokymui(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>) nuotoliniu mokymo proceso organizavimo būdu reikalinga kompiuterinė įranga ir interneto prieiga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05985FD2" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="72A5DA4E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Gimnazijos mokytojai, mokantys mokinius nuotoliniu mokymo proceso organizavimo būdu, yra įgiję skaitmeninio raštingumo kompetencijas ir taiko jas ugdymo turiniui kurti, ugdymui planuoti ir organizuoti, mokinių mokymo procesui bei pažangai stebėti ir vertinti, </w:t>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gimnazijos mokytojai, mokantys mokinius nuotoliniu mokymo proceso organizavimo būdu, yra įgiję skaitmeninio raštingumo kompetencijas ir taiko jas ugdymo turiniui kurti, ugdymui planuoti ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>bendradarbiauti su kitais mokytojais ir pagalbos mokiniui specialistais, tėvais (globėjais, rūpintojais).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A0B549" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t>organizuoti, mokinių mokymo procesui bei pažangai stebėti ir vertinti, bendradarbiauti su kitais mokytojais ir pagalbos mokiniui specialistais, tėvais (globėjais, rūpintojais).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB4CEFB" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Gimnazijoje nuotoliniam ugdymui naudojamos MOODLE  ir MICROSOFT  OFFICE 365 virtualios mokymo aplinkos, elektroninis TAMO dienynas, skaitmeninės mokymosi priemonės: EDUKA, EGZAMINATORIUS bei kitos sinchroninės ir asinchroninės komunikacijos priemonės, kurias renkasi mokytojas, atsižvelgdamas į mokinių amžių ir dalyko programos ypatumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D577BA0" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="36755BB6" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kiekvienais mokslo metais iki rugsėjo 15 dienos klasių vadovai iš mokinių surenka informaciją apie galimybę dalyvauti ugdymo procese nuotoliniu būdu,  kaip jie apsirūpinę nuotoliniam mokymuisi reikalinga technine įranga, surenka iš mokinių ir (ar) išdalina mokiniams komunikavimui reikalingą informaciją (elektroninio pašto adresus, prisijungimo prie mokymosi aplinkų vardus ir kt.). Surinktą informaciją pagal pateiktą formą pristato socialinei pedagogei.  Išsiaiškinus, kad mokinio namuose nėra sąlygų mokytis, sudaromos sąlygos mokytis gimnazijoje, gimnazijos bendrabutyje ar kitose saugiose patalpose. Gimnazija pagal galimybes aprūpina mokinius trūkstamomis techninėmis priemonėmis mokymui(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">) iš namų arba sudaro sąlygas mokytis nuotoliniu būdu  gimnazijos patalpose.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="302E7541" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="4F4C1781" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojai, klasių vadovai per rugsėjo mėnesį supažindina savo mokinius, auklėtinius su galimais ugdymo proceso organizavimo nuotoliniu būdu atvejais, virtualiomis mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">) aplinkomis, prisijungimo prie jų galimybėmis, skaitmeninėmis mokymosi priemonėmis ir kitomis komunikacijos priemonėmis, kurias esant reikalui naudos kiekvienu nuotolinio mokymo atveju, aptaria su mokiniais darbą,  atsiskaitymo už dalyko programos kursą tvarką bei pažangos ir pasiekimų vertinimo tvarką nuotolinio mokymosi laikotarpiu. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01550713" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t xml:space="preserve">) aplinkomis, prisijungimo prie jų galimybėmis, skaitmeninėmis mokymosi priemonėmis ir kitomis komunikacijos priemonėmis, kurias, esant reikalui, naudos kiekvienu nuotolinio mokymo atveju, aptaria su mokiniais darbą,  atsiskaitymo už dalyko programos kursą tvarką bei pažangos ir pasiekimų vertinimo tvarką nuotolinio mokymosi laikotarpiu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352E8728" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojai privalo nuolat tobulinti informacinių technologijų naudojimo kompetenciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FD09D1" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5503D475" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="476E6D52" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="0EFA7EEC" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="001B1D87" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B1D87">
+        <w:rPr>
+          <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>III. UGDYMO NUOTOLINIU MOKYMO PROCESO ORGANIZAVIMO BŪDU ORGANIZAVIMAS IR VYKDYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7264B249" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="3AE3E539" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C189002" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="53DD8C1B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...10 lines deleted...]
-        <w:t>Mokytojai ir mokiniai būdami skirtingose vietose, naudodami informacines ir komunikacijos technologijas sinchroniniu, asinchroniniu ir mišriu mokymo(</w:t>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Mokytojai ir mokiniai, būdami skirtingose vietose, naudodami informacines ir komunikacijos technologijas sinchroniniu, asinchroniniu ir mišriu mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>) būdu  dalyvauja ugdymo procese:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75596F5F" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t>) būdu,  dalyvauja ugdymo procese:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7554BDD3" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
@@ -1334,799 +1279,810 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>sinchroninis nuotolinis mokymas(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>) vyksta tada, kai mokytojas ir mokiniai bendrauja skirtingose vietose, bet tuo pačiu metu, laikantis įprastų pamokų, Neformaliojo švietimo ir konsultacijų tvarkaraščių;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031276C4" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="4F033592" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asinchroninis nuotolinis mokymas(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>) įvyksta tada, kai mokytojas ir mokiniai bendrauja skirtingose vietose ir skirtingu laiku;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7662FC5D" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="492B0DDC" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mišrus mokymasis vyksta tada, kai mokymo metu naudojamasi  abiem metodais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7880B6" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="13BF9960" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojai pagal poreikį pritaiko pamokos struktūrą sinchroniniam ir asinchroniniam ugdymui, atsižvelgdami į mokinių amžių, dalyko programos ir ugdymo programos ypatumus.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEE9982" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="386BB34B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojai, įgyvendindami ugdymo programas, ne mažiau kaip 50 procentų ugdymo procesui numatyto laiko per savaitę skiria sinchroniniam ugdymui ir ne daugiau kaip 50 procentų – asinchroniniam ugdymui. Nepertraukiamo sinchroninio ugdymo trukmė – iki 90 min. Šiai nuostatai užtikrinti:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8416CB" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="16CA1FA9" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prasidėjus ugdymo proceso organizavimui nuotoliniu būdu, pirmas penkias darbo dienas vykdomas tik sinchroninis nuotolinis mokymas(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096B72A5" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="632D60F2" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>jei ugdymo proceso organizavimas nuotoliniu būdu trunka daugiau kaip savaitę, kiekvieną penktadienį visi dalykų mokytojai kuruojančiam vadovui į TAMO dienyną ar el. paštu atsiunčia ateinančios savaitės pamokų tvarkaraštį, kuriame raudona spalva išskiriamos pamokos, skirtos asinchroniniam mokymui(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A19D205" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5EED19DA" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">mokytojai TAMO dienyne </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>skiltyje „Bendra tema“ mokinius ir jų tėvus (globėjus, rūpintojus) informuoja, kokiu mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>) būdu (sinchroniniu/ asinchroniniu/ mišriu) bus vedamos pamokos.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B9AFEDB" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t>) būdu (sinchroniniu/asinchroniniu/mišriu) bus vedamos pamokos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4905964A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
-        <w:textAlignment w:val="auto"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:t>Mokytojai, įgyvendindami Neformaliojo švietimo programas, ne mažiau kaip 50 procentų ugdymo procesui numatyto laiko per mėnesį skiria sinchroniniam ugdymui ir ne daugiau kaip 50 procentų – asinchroniniam ugdymui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142FE6E9" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="76636368" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Dalykų mokytojai dirba pagal pakoreguotus mokomojo dalyko ilgalaikius planus ir teminius – kalendorinius planus, laikydamiesi gimnazijos Ugdymo turinio planavimo tvarkos aprašo reikalavimų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBA39D6" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5DE97468" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Dalyko modulių ir/ar pasirenkamųjų dalykų mokytojai dirba pagal pakoreguotą turinio išdėstymo planą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F497B44" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="60239BB6" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Neformaliojo švietimo mokytojai dirba pagal gimnazijos direktoriaus patvirtintas Neformaliojo švietimo programas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="210AC635" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="51197E77" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Klasių vadovai dirba pagal pakoreguotą klasės vadovo veiklos planą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3562A550" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5A1583E7" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Ugdymo procesas vykdomas pagal įprastus pamokų, Neformaliojo švietimo ir konsultacijų tvarkaraščius. Pertraukų laikas vieningai gali būti koreguojamas priklausomai nuo aplinkybių. Per savaitę organizuojama tiek kiekvieno dalyko, neformaliojo švietimo užsiėmimų, kiek yra numatyta gimnazijos ugdymo plane. Pamokos trukmė ne ilgesnė nei 45 min., jos laikas priklauso nuo pamokos turinio, siekiamų tikslų, skiriamų užduočių. Tam tikrais atvejais mokiniams gali būti skiriamos savarankiškos užduotys, sudarant galimybę konsultuotis su mokytoju tvarkaraštyje numatytos pamokos metu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246CC189" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="06722B9C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių mokymosi apskaita tvarkoma TAMO dienyne. Nuotoliniu būdu besimokančių mokinių lankomumo apskaita tvarkoma pagal prisijungimo prie virtualios mokymo aplinkos, elektroninio pašto ar internetinės telefonijos programų duomenis ir fiksuojama TAMO dienyne. Mokinių mokymosi pažanga ir pasiekimai vertinami vadovaujantis gimnazijos Mokinių pažangos ir pasiekimų vertinimo tvarkos aprašu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B496594" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="64FFA85B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojai pasirinktais būdais stebi mokinių aktyvumą, dalyvavimą veiklose, informacijos skaitymą, jiems skiriamų užduočių atlikimą ir, esant piktnaudžiavimams, informuoja mokinių tėvus ir klasių vadovus. Piktybiškų piktnaudžiavimų atvejais klasės vadovas kreipiasi į socialinę pedagogę dėl tolimesnių  poveikio elgesiui priemonių.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CAE38A" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="3EEA9D1A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokytojų pareigos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0787F9E1" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="4999B374" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
@@ -2145,51 +2101,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pasirinktomis nuotolinio mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>) priemonėmis ir būdais planuoti ir vykdyti ugdomąsias veiklas mokiniams bei vertinti mokinių pažangą ir pasiekimus:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0689F0ED" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="28864E25" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
@@ -2211,237 +2167,237 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kurdami k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lasės ir namų darbų užduotis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>atkreipia dėmesį į tai, kad ne visos užduotys būtų atliekamos kompiuteriu, sudaro galimybę mokiniams pasirinkti užduotis pagal savo gebėjimus. Nufilmavę savo pamoką ir įkėlę į virtualią erdvę, pamokos pradžioje parašo, kad pamoka yra autorinė ir neplatinama;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74EC72CF" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="4370B596" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojai susitartomis su mokiniais nuotolinio susisiekimo priemonėmis ir būdais mokinius konsultuoja pagal tvarkaraštį vykstančių pamokų ir konsultacijų metu, išimties atvejais -  suderintu su mokytoju kitu laiku;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFD70AD" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="55F314A8" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojai sistemingai vertina mokinių pažangą ir pasiekimus, teikia grįžtamąjį ryšį mokiniams, jų tėvams (globėjams, rūpintojams).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED871E4" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="696C50B6" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>laiku, informatyviai, laikantis reikalavimų pildyti TAMO dienyną:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009617E4" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="7B615498" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokytojai TAMO dienyną pildo bent viena pamoka į priekį, bet ne daugiau kaip savaitei. Apie kontrolinius ir atsiskaitomuosius darbus už skyrių, ciklą ar temą mokiniai informuojami TAMO dienyne prieš savaitę iki atsiskaitymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="191F3436" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="5FF73C6F" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
@@ -2449,2491 +2405,2505 @@
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ildomos skiltys: bendra tema, bendras klasės darbas ir bendras namų darbas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D22BFCD" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="2AD659D9" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>skiltyje „Bendra tema“ nurodo pamokos temą, informuoja, kokiu mokymo(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">) būdu (sinchroniniu/ asinchroniniu/ mišriu) bus vedamos pamokos. Jei rašomas kontrolinis ar kitas atsiskaitomasis darbas, taip pat nurodo to darbo temą; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="19250C0E" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t xml:space="preserve">) būdu (sinchroniniu/asinchroniniu/mišriu) bus vedamos pamokos. Jei rašomas kontrolinis ar kitas atsiskaitomasis darbas, taip pat nurodo to darbo temą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C41A668" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>skiltyje „Bendras klasės darbas“ mokytojas mokinius ir jų tėvus (globėjus, rūpintojus) informuoja, kokiomis priemonėmis naudodamasis, kokias užduotis pamokoje mokinys turės atlikti. Jei užduotys atliekamos ne per pamoką, nurodo, iki kada jos turi būti atliktos. Jei atliktas darbas bus vertinamas, nurodo vertinimo būdą;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4C3886" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="7D99D60B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t xml:space="preserve">skiltyje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>„Bendras namų darbas“ mokytojas aiškiai ir konkrečiai nusako, kokiomis mokymosi priemonėmis naudodamasis,  kokias namų darbų užduotis  mokinys turės atlikti, nurodo laiką, iki kada jos turi būti atliktos. Jei namų darbas bus vertinamas, nurodo vertinimo būdą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B5645A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su mokiniais, mokinių tėvais (globėjais, rūpintojais), klasių vadovais, gimnazijos administracija, pagalbos mokiniui specialistais, kitų dalykų mokytojais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D78A03" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojai ir klasių vadovai sistemingai palaiko  ryšį su mokiniais ir jų tėvais (globėjais, rūpintojais), nedelsiant sprendžia iškilusias problemas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D69392" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojai per TAMO dienyną, informuoja tėvus, kurios dalyko pamokos bus vedamos sinchroniniu, kurios asinchroniniu būdu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E812E4" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytojas, susitartu laiku negavęs </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iš mokinio grįžtamojo ryšio ir nepavykus su juo susisiekti ar iškilus problemoms dėl mokinio elgesio, informuoja mokinio tėvus ir klasės vadovą. Piktybiškų neatsiskaitymų  ar netinkamo elgesio atvejais  klasės vadovas kreipiasi į socialinę pedagogę dėl </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>tolimesnių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poveikio elgesiui priemonių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0929A047" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apie iškilusias su ugdymu susijusias  problemas (pvz., du iš eilės atsiskaitomieji darbai įvertinti nepatenkinamai), mokytojas informuoja klasės vadovą ir gimnazijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>administraciją pagal kuruojamus dalykus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF68967" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojai gerbia mokinį kaip asmenį, nepažeidžia jo teisių ir teisėtų interesų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39020471" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>esant reikalui nuotoliniu būdu (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Zoom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> platformoje ir kt.) dalyvauja  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojų posėdžiuose, pasitarimuose, kvalifikacijos kėlimo renginiuose, teikia informaciją apie nuotolinį mokymą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D713C98" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytojas turi būti pasiekiamas telefonu darbo dienomis nuo 8.00 val. iki 17.00 val. Elektroninį paštą ir TAMO dienyną tikrina bent tris kartus per dieną: 8.00 val., 13.00 val., 17.00 val. Jei turi Facebook paskyrą, nuolat stebi įrašus Plungės ‚,Saulės ‘‘ gimnazijos mokytojų grupėje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2E4905" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>nuolat domėtis nuotolinio mokymo galimybėmis, dalyvauti virtualiuose mokymuose, dalintis darbo patirtimi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B40854" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Mokinių pareigos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B04B3E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>stropiai, atsakingai, sąžiningai mokytis, atlikti skirtas užduotis, noriai bendradarbiauti su mokytojais, klasės vadovu ir bendraklasiais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D43635E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokinys kiekvieną dieną prisijungia prie TAMO dienyno, peržiūri tos dienos pamokų ir būrelių turinį pagal tvarkaraštį, mokytojų skirtas užduotis, nurodymus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D47B874" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>iš vakaro prieš pamoką peržiūri to dalyko pamokoms naudojamą virtualią bendradarbiavimo aplinką, reaguoja į aplinkoje esančius pakeitimus ir atnaujinimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737C39E4" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>atsiųstas užduotis įsikelia į savo kompiuterį tam atvejui, jei strigtų ryšys;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC5D47D" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>susitartu su mokytoju laiku ir būdu bendrauja virtualiose bendradarbiavimo aplinkose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6375B891" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokytojų skirtas užduotis atlieka iki nurodyto laiko ir jas susitartu būdu persiunčia mokytojui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363687F1" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jeigu nepavyksta prisijungti prie TAMO, EDUKOS ar kitų su mokytoju sutartų platformų tvarkaraštyje nurodytu laiku, mokinys nedelsiant turi susisiekti su mokytoju telefonu, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>messenger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> žinute, el. paštu ar kt. Mokytojas nurodys, kokias užduotis atlikti mokiniui patogiu metu iki nurodyto termino;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6509E64A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">skiltyje </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="30213270" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t>iškilus klausimams dėl skirtų užduočių atlikimo, mokinys pagalbos kreipiasi į mokantį mokytoją pamokos metu pagal tvarkaraštį, išimties atvejais suderintu su mokytoju laiku ir būdu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D4987F" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>esant socialinėms, pedagoginėms problemoms konsultuojasi su 26, 27 ir 29 šios tvarkos punktuose nurodytais asmenimis ar klasės vadovu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EB2464" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esant reikalui dalyvauja klasės vadovo ar gimnazijos vykdomose apklausose </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>apie nuotolinį mokymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DFEB83" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="333333"/>
-[...11 lines deleted...]
-        </w:numPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikytis mokinio elgesio normų, gerbti mokytojus ir kitus bendruomenės </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>narius, nepažeisti jų teisių ir teisėtų interesų:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B02F7" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...24 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>22.2.1. mokinys privalo kiekvieną dieną pagal tvarkaraštį dalyvauti pamokose ar, gavęs užduotį, per pamoką dirbti savarankiškai. Kilus klausimams konsultuotis su mokytoju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378D99AB" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...22 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22.2.2. mokiniai prisijungti į </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>video</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pamoką gali tik savo vardu ir pavarde, priešingu atveju mokytojas gali neleisti dalyvauti pamokoje, blokuodamas jo paskyrą;       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4D0A17" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...46 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>22.2.3. draudžiama platinti prisijungimo kodus tretiems asmenims;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C88ED71" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...30 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>22.2.4. siekiant užtikrinti, kad nebūtų trukdomas ugdymo procesas bei visų nuotoliniame mokyme dalyvaujančių asmenų saugumas, į vaizdo pamokas draudžiama kviesti kitus asmenis iš kitų aplinkų ar mokyklų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0A0721" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...20 lines deleted...]
-          <w:ilvl w:val="2"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>22.2.5. už viešoje erdvėje rašomus komentarus, pažeidžiančius kitų asmenų garbę ir orumą, dalykinę reputaciją ir prestižą, be sutikimo platinamus vaizdus bus taikomos nuobaudos LR įstatymų numatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C0593A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
-          <w:bCs/>
-[...40 lines deleted...]
-          <w:ilvl w:val="2"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tėvų (globėjų, rūpintojų) pareigos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492BD08C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokytojas turi būti pasiekiamas telefonu darbo dienomis nuo 8.00 val. iki 17.00 val. Elektroninį paštą ir TAMO dienyną tikrina bent tris kartus per dieną: 8.00 val., 13.00 val., 17.00 val. Jei turi Facebook paskyrą, nuolat stebi įrašus Plungės ‚,Saulės ‘‘ gimnazijos mokytojų grupėje. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6474C440" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t>užtikrinti savo vaikų saugumą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EC79D4" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">užtikrinti savo vaikų  dalyvavimą nuotolinėse pamokose pagal tvarkaraštį; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0A943A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>domėtis savo vaiko mokymusi ir elgesiu: domėtis, ar vaikui sėkmingai pavyksta mokytis nuotoliniu būdu, kiekvieną dieną peržiūrėti įrašus TAMO dienyne, atsakyti į mokytojų, klasės vadovo žinutes, komentarus, iškilus problemoms, kreiptis į gimnazijos atsakingus asmenis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE56995" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su mokytojais, klasės vadovu, pagalbos specialistais, gimnazijos administracija</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, reikalui esant dalyvauti apklausose apie nuotolinį mokymą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F106459" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>vaikui susirgus, tą pačią dieną informuoti klasės vadovą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E6A7C3" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>nuolat domėtis nuotolinio mokymo galimybėmis, dalyvauti virtualiuose mokymuose, dalintis darbo patirtimi.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E99AC34" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+        <w:t xml:space="preserve"> Pagalbos mokiniui specialisto pareigos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BEC060" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su gimnazijos pedagogais mokinių dalyvavimo mokymosi procese ir jų elgesio klausimais. Operatyviai reaguoti į klasių vadovų pranešimus dėl netinkamo mokinių elgesio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E7093B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su mokiniais, jų tėvais (globėjais, rūpintojais) ir, iškilus problemoms, jas spręsti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6759D48E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spręsti socialinės pedagoginės pagalbos klausimus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3C274B" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">būti pasiekiamam telefonu darbo dienomis nuo 8.00 val. iki 17.00 val. Elektroninį paštą ir TAMO dienyną tikrinti bent tris kartus per dieną: 8.00 val., 13.00 val., 17.00 val. Nuolat stebėti įrašus Facebook paskyroje ‚,Saulės‘‘ gimnazijos mokytojų grupėje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABC750A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-        <w:contextualSpacing/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="187048BE" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Administracijos pareigos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE2BFCD" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>organizuoti nuotolinį mokymą ir vykdyti jo priežiūrą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E4D3AC" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>informuoti mokytojus apie naujus teisės aktus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709929CD" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>organizuoti nuotolinius mokytojų pasitarimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE57FC7" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>palaikyti ryšį tarpusavyje, su mokytojais, pagal kuruojamus dalykus stebėti įrašus TAMO dienyne;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0563DB20" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>konsultuoti bendruomenės narius ugdymo klausimais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DA0854" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su Švietimo, mokslo ir sporto ministerija, Plungės rajono savivaldybės administracijos švietimo skyriumi, žiniasklaida;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617E7713" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>spręsti iškylančias problemas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAAF7B5" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>būti pasiekiamiems telefonu darbo dienomis nuo 8.00 val. iki 17.00 val. Elektroninį paštą ir TAMO dienyną tikrinti bent tris kartus per dieną: 8.00 val., 13.00 val., 17.00 val. Nuolat stebėti įrašus Facebook paskyroje ‚,Saulės‘‘ gimnazijos mokytojų grupėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EDB27E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:left="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>stropiai, atsakingai, sąžiningai mokytis, atlikti skirtas užduotis, noriai bendradarbiauti su mokytojais, klasės vadovu ir bendraklasiais:</w:t>
-[...1665 lines deleted...]
-    <w:p w14:paraId="417FECBC" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E58083" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="00DC69A6" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC69A6">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>IV. BENDROSIOS INFORMACIJOS TEIKIMAS APIE UGDYMO PROCESO ORGANIZAVIMO TVARKĄ, ŠVIETIMO PAGALBOS TEIKIMĄ, KOMUNIKAVIMĄ KITAIS AKTUALIAIS ŠVIETIMO BENDRUOMENEI KLAUSIMAIS, KOL NEIŠNYKSTA YPATINGOS APLINKYBĖS AR APLINKYBĖS, DĖL KURIŲ UGDYMO PROCESAS GIMNAZIJOJE NEGALI BŪTI AR NĖRA ORGANIZUOJAMAS KASDIENIU BŪDU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A9B792" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="6C7FFB6D" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00F43CA0" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="04DD7CA3" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
@@ -5016,1894 +4986,1236 @@
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įrangos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C67EC6" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="40032C64" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytojai kreipiasi į gimnazijos IKT specialistą Ramūną </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vanskevičių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>el.p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>kompiuteriu.prieziura@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mob. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>mokytojai</w:t>
+        <w:t>+370 653 09 754</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="54CAD47D" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>mokiniai, j</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>ų tėvai (globėjai, rūpintojai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kreipiasi į gimnazijos socialinę pedagogę Astrą </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vaškienę</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TAMO dienynas, el. p.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>astra.vaskiene@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mob. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:t>+370 615 41 931).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0446A94A" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojus ir mokinius technologijų naudojimo klausimais konsultuoja informacinių technologijų mokytojas, IKT koordinatorius Egidijus Stasytis (TAMO dienynas, el. p.: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:egidijus.stasytis@plungessaule.lt"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00852387">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>egidijus.stasytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852387">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00852387">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>plungessaule.lt</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mob. +370</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="da-DK" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 687 95 491) ir IKT specialistas Ramūnas Vanskevičius (el.p. kompiuteriu.prieziura@plungessaule.lt, mob. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>+370 653 09 754).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D9223F" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apie techninės įrangos poreikį socialinė pedagogė Astra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vaškienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informuoja                                 IKT specialistą Ramūną </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vanskevičių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuris, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>esant gimnazijos galimybėms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>,  mokiniams ar jų tėvams (globėjams, rūpintojams) pasirašytinai išduoda gimnazijos kompiuterius ir kitas IT priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1603A4BB" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Gimnazijos bendruomenės narius (mokytojus, mokinius, jų tėvus (globėjus, rūpintojus), aplinkos darbuotojus) konsultuoja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D3453E" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymo klausimais pagal  kuruojamus dalykus ir veiklos sritis gimnazijos direktorė Dalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Uščinienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (el. p.: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:dalia.usciniene@plungessaule.lt"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0075653A">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaitas"/>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>dalia.usciniene@plungessaule.lt</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mob. +370</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 683 01 467)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir direktoriaus pavaduotojos ugdymui: Birutė Kaveckienė (TAMO dienynas, el. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>birute.kaveckiene@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mob. +370 610 62 771),  Neringa Sakalauskaitė (TAMO dienynas, el. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>neringa.sakalauskaite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mob. +370 645 75 084), Vitalija </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Grimalienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TAMO dienynas, el. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>vitalija.grimaliene@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mob. +370 698 48 119);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581434E9" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">socialinės, pedagoginės pagalbos teikimo klausimais socialinė pedagogė Astra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Vaškienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(TAMO dienynas, el. p.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>astra.vaskiene@plungessaule.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002216C2">
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, mob. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>kreipiasi</w:t>
+        <w:t>+370 615 41 931</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1A3EC33C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymo karjerai klausimais ir bibliotekos paslaugų teikimo klausimais bibliotekininkė, karjeros specialistė Irena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Norgėlienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mob. +370 687 24754;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D4A08C" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įėjimo į gimnaziją ir ūkio klausimais direktoriaus pavaduotojas ūkio reikalams Vaidotas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Skierus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, mob. +370</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> į </w:t>
-[...147 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve"> 683 01 489.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C200D34" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...1261 lines deleted...]
-        </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77EB49ED" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+    <w:p w14:paraId="14A73E90" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="00DC69A6" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC69A6">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>V. GRĮŽIMAS PRIE ĮPRASTO UGDYMO PROCESO ORGANIZAVIMO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18800794" w14:textId="77777777" w:rsidR="007E4E51" w:rsidRDefault="007E4E51" w:rsidP="00240E91">
+    <w:p w14:paraId="6F17D667" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRPr="00DC69A6" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="02AF83A0" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="00240E91">
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00892130" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Keičiantis aplinkybėms, prie įprasto ugdymo proceso organizavimo būdo grįžtama Valstybės, savivaldybės arba gimnazijos direktoriaus sprendimu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22592FD9" w14:textId="77777777" w:rsidR="007E4E51" w:rsidRDefault="007E4E51" w:rsidP="007E4E51">
+    <w:p w14:paraId="27CAD3FA" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="502"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528D5D71" w14:textId="77777777" w:rsidR="00240E91" w:rsidRDefault="00240E91" w:rsidP="007E4E51">
-[...114 lines deleted...]
-      <w:cols w:space="1296"/>
+    <w:p w14:paraId="345760FD" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17309032" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5" w:rsidP="008C6FD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A53B3B6" w14:textId="77777777" w:rsidR="008C6FD5" w:rsidRDefault="008C6FD5"/>
+    <w:sectPr w:rsidR="008C6FD5">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="BA"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A54474D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E132E636"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
@@ -7073,175 +6385,150 @@
     <w:lvl w:ilvl="7" w:tplc="04270003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1239554709">
+  <w:num w:numId="1" w16cid:durableId="73286307">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="179860418">
+  <w:num w:numId="2" w16cid:durableId="972910753">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-[...1 lines deleted...]
-  <w:hyphenationZone w:val="396"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B634AD"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00F11F15"/>
+    <w:rsidRoot w:val="008C6FD5"/>
+    <w:rsid w:val="006D3CC2"/>
+    <w:rsid w:val="008C6FD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="65738B25"/>
-  <w15:docId w15:val="{57AF8740-5AB1-4688-9F4C-89F2A8BFD6C1}"/>
+  <w14:docId w14:val="6F5C2C10"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{28701838-A908-440E-A99B-7601CDABC829}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7356,51 +6643,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7581,451 +6868,926 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00240E91"/>
+    <w:rsid w:val="008C6FD5"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="lt-LT"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C6FD5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00240E91"/>
+    <w:rsid w:val="008C6FD5"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dalia.usciniene@plungessaule.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egidijus.stasytis@plungessaule.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>12477</Words>
-  <Characters>7112</Characters>
+  <Words>2890</Words>
+  <Characters>16478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19550</CharactersWithSpaces>
+  <CharactersWithSpaces>19330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Vartotojas</dc:creator>
+  <dc:creator>Egidijus Stasytis</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>