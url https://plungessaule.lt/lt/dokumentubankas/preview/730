--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -1,6691 +1,9907 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B6CAB00" w14:textId="65B5A388" w:rsidR="000F2DC6" w:rsidRDefault="000F2DC6" w:rsidP="000F2DC6">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="02077FAE" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ĮSAKYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B9D7B3" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1894F5A7" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>DĖL VAIKO GEROVĖS KOMISIJOS SUDĖTIES IR VEIKLOS PLANO TVIRTINIMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A0C962" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245A738B" w14:textId="779EABD9" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>rugsėjo 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. Nr. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0F6527" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00594C17" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Plungė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A851DA" w14:textId="7B91AA4E" w:rsidR="00AE33C1" w:rsidRPr="00594C17" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vadovaujantis Lietuvos Respublikos švietimo ir mokslo ministro </w:t>
+      </w:r>
+      <w:r w:rsidR="007A627D" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 m. liepos 19 d. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F83" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įsakymu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F83" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="007A627D" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos vaiko gerovės komisijos funkcijų, sudarymo ir jos darbo organizavimo tvarkos apraš</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F83" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ </w:t>
+      </w:r>
+      <w:r w:rsidR="000B670F" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. V-818 ir </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7D57" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos švietimo ir mokslo ministro </w:t>
+      </w:r>
+      <w:r w:rsidR="00D637FA" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2025 rug</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5003" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00D637FA" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>jūčio 29</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5003" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+      <w:r w:rsidR="00233ABB" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5003" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D21F83" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00D637FA" w:rsidRPr="00594C17">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Dėl švietimo, mokslo ir sporto ministro 2024 m. liepos 19 d. įsakymo Nr. V-818 „Dėl Mokyklos vaiko gerovės komisijos funkcijų, sudarymo ir jos darbo organizavimo tvarkos aprašo patvirtinimo“ pakeitimo</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00594C17" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D637FA" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00233ABB" w:rsidRPr="00594C17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. V-891</w:t>
+      </w:r>
+      <w:r w:rsidR="00013592">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E58D303" w14:textId="0CA02E25" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="902"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1. Tvirtinu 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m.  Vaiko Gerovės Komisiją šios sudėties:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A40A7C" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0032FC36" w14:textId="73E18B05" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>VGK 202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 1</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m. sudėtis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D907669" w14:textId="3BB35FBD" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...414 lines deleted...]
-    <w:p w14:paraId="16308773" w14:textId="73AC383B" w:rsidR="00F17570" w:rsidRDefault="00F17570" w:rsidP="0034229A">
+    <w:p w14:paraId="3F0249D5" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Teikti mokiniui pedagoginę, psichologinę ir socialinę pagalbą; </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1003" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Astra Vaškienė, socialinė pedagogė – komisijos pirmininkė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F6127D" w14:textId="37EECEBD" w:rsidR="00F17570" w:rsidRPr="00F17570" w:rsidRDefault="00F17570" w:rsidP="0034229A">
+    <w:p w14:paraId="55D73C48" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">) sąlygas (saugi ugdymosi aplinka, mokinių adaptacija); </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1003" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Renata Gudienė, matematikos mokytoja – komisijos pirmininkė</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>s pavaduotoja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="028A2CCA" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="0034229A">
+    <w:p w14:paraId="3D307E75" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Organizuoti įvairius prevencinius renginius, susitikimus, paskaitas, seminarus bendruomenei aktualiomis temomis; </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1003" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Daiva Vengalė, istorijos mokytoja, socialinė pedagogė, narė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C7005C" w14:textId="31AA9B69" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="0034229A">
+    <w:p w14:paraId="0870225A" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> nelankymo prevenciją; </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Daiva Gedgaudaitė, matematikos mokytoja – narė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B65A7DE" w14:textId="232B8ECF" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="0034229A">
+    <w:p w14:paraId="50E293FC" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Skatinti sveiką gyvenseną </w:t>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Kristina Duobaitė – Petkuvienė, psichologijos mokytoja, psichologė - narė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3ECB5D" w14:textId="3FC5F82C" w:rsidR="00663ADE" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="00AE2092">
+    <w:p w14:paraId="1F541AB8" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="713" w:firstLine="0"/>
-[...10 lines deleted...]
-      </w:r>
+        <w:ind w:left="1004"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7891B518" w14:textId="4C1EB4DB" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m. VGK posėdžių sekretorė </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DD5907" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="644"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Andžela Gramauskaitė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lietuvių k. ir literatūros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytoja </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EAD0609" w14:textId="77777777" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="644"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECD4C5B" w14:textId="1E556894" w:rsidR="00AE33C1" w:rsidRPr="00973485" w:rsidRDefault="00AE33C1" w:rsidP="00AE33C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           2. Tvirtinu 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.m. Vaiko gerovės komisijos veiklos planą (Priedas Nr. 1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26301B18" w14:textId="0756BABE" w:rsidR="009220BA" w:rsidRDefault="009220BA">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275D5561" w14:textId="3E894D68" w:rsidR="003D047A" w:rsidRDefault="003D047A" w:rsidP="003D047A">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:left="10" w:right="4" w:hanging="10"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Priedas Nr. 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F560998" w14:textId="77777777" w:rsidR="003D047A" w:rsidRDefault="003D047A" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:left="10" w:right="4" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26FB5B2E" w14:textId="42A14161" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="26"/>
+        <w:ind w:left="10" w:right="4" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLUNGĖS „SAULĖS“ GIMNAZIJOS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E5C815" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="10" w:right="7" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VAIKO GEROVĖS KOMISIJOS VEIKLOS PLANAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71399555" w14:textId="7F3194B0" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="10" w:right="7" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. m. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4922D790" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="30"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B4888D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Situacijos analizė </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E76FE0" w14:textId="2C5A7CD8" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gimnazij</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>oje kasmet didėja mokinių skaičius.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.  m. pradeda</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su </w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>713</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  I-IV klasių mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Siekiant saugios ir palankios mokymuisi aplinkos, gimnazijoje dirba pagalbos specialistai</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1437">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nuo 2025 m. rugsėjo 1 d. gimnazijoje dirbs 2 socialinės pedagogės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0080457A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> psichologė, 2 karjeros specialistės)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teikiama mokytojų dalykininkų mokymosi pagalba. Stebimi mokinių santykiai su draugais, mokytojais, kartu ugdomi mokinių socialiniai įgūdžiai.  Stebima mokinių psichologinė – emocinė savijauta. Padedama nusistatyti savo mokymosi stilių, kad lengviau įsisavintų žinias. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BBB85E" w14:textId="61ADBAC2" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="006462FA">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Klasės valandėlių ir renginių metu kviečiami įvairių sričių specialistai, mokiniai orientuojami į savo karjerą. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619CDFBD" w14:textId="499795B4" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gimnazijos vaiko gerovės komisijos paskirtis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>rūpin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tis</w:t>
+      </w:r>
+      <w:r w:rsidR="006462FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kiekvieno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="00812A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saugia ir palankia ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidR="00812A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00812A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00812A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aplinka,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B44A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>užtikrin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vaiko gerov</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ę. šiuos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klausimus spr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ęsti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>analizuo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>jant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokyklos bendruomenės narių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaiko, jo tėvų (globėjų, rūpintojų), mokytojų, mokyklos darbuotojų) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>veikimą arba neve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ikimą remiantis vaiko interesais, susitarimais ir iešk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> naujų galimybių, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kylančioms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>problem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>oms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ęsti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, telk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00002781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reikiamus išteklius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A403D96" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gimnazijos vaiko gerovės komisijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>funkcijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D877ADB" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00F113E2" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F113E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>atlikti Vaiko minimalios ir vidutinės priežiūros įstatyme Komisijai numatytas funkcijas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01811BD3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00C54247" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>teikti siūlymus mokyklos vadovui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dėl saugios ir vaikui palankios ugdymosi aplinkos kūrimo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vaikų socialinio ir emocinio ugdymo, prevencijos priemonių ir (ar) prevencinių programų įgyvendinimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51150F4B" w14:textId="7AA92F30" w:rsidR="009220BA" w:rsidRPr="00C54247" w:rsidRDefault="00812A62" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esant poreikiui </w:t>
+      </w:r>
+      <w:r w:rsidR="009220BA" w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>atlikti mokinio ugdymosi poreikių pirminį vertinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF89F71" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00C54247" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>organizuoti ir koordinuoti mokymosi, švietimo ar kitos pagalbos mokiniui teikimą, ikimokyklinio, priešmokyklinio, bendrojo ugdymo programų ir / ar profesinio mokymo programų pritaikymą, mokinio individualaus ugdymo plano sudarymą ir jo įgyvendinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70098644" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00C54247" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>teikti siūlymus m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C54247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>okyklos vadovui dėl kreipimosi į savivaldybėje vaiko teisių apsaugą užtikrinančią instituciją, kai vaiko tėvai (globėjai, rūpintojai) neužtikrina vaiko teisių ir teisėtų interesų, įgyvendindami savo teises ir vykdydami pareigas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3870E533" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00FB3267" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>kartu su mokykloje dirbančiu karjeros specialistu konsultuoti specialiųjų ugdymosi poreikių turintį mokinį, dėl jo tolesnio mokymosi ir profesijos pasirinkimo (galias atitinkančios mokymosi programos ir (ar) mokymosi įstaigos pasirinkimo) ir pagal galimybes baigiamosios klasės specialiųjų ugdymosi poreikių turinčiam mokiniui užtikrinti sklandų palydėjimą / perėjimą į kitą pasirinktą švietimo įstaigą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E15B12A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00FB3267" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>inicijuoti vaiko minimalios priežiūros priemonės skyrimą, vaiko minimalios priežiūros priemonės pakeitimą, pratęsimą ar panaikinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013A77B8" w14:textId="77777777" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB3267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pasibaigus nustatytam vaiko vidutinės priežiūros ar auklėjamojo poveikio priemonės vykdymo terminui, organizuoti vaikui reikalingos mokymosi, švietimo ar kitos pagalbos teikimą siekiant sklandaus vaiko įsitraukimo į ugdymo procesą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC01E35" w14:textId="4009C9A5" w:rsidR="00E3429C" w:rsidRPr="00FB3267" w:rsidRDefault="0068548F" w:rsidP="009220BA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>inicijuoti mokiniui ir jo tėvams (globėjams, rūpintojams) koordinuotai teikiamų švietimo pagalbos, socialinių ir sveikatos priežiūros paslaugų skyrimą, jei tėvai (globėjai, rūpintojai) nesutinka su Komisijos jų vaikui siūlomu mokymo proceso organizavimo būdu, švietimo ar kitos pagalbos teikimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0F910E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="000E780A" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336B88C3" w14:textId="5DB3E284" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="705"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9499" w:type="dxa"/>
+        <w:tblW w:w="9766" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="92" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3545"/>
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="3104"/>
+        <w:gridCol w:w="2426"/>
         <w:gridCol w:w="2269"/>
-        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="1967"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="49C32F90" w14:textId="77777777" w:rsidTr="0034229A">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="1E1ACD8C" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CECFD11" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="16" w:firstLine="0"/>
+          <w:p w14:paraId="3F6A68FF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Veikla </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AB54679" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="14" w:firstLine="0"/>
+          <w:p w14:paraId="704AD567" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Laikotarpis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="275D6CDF" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="22" w:firstLine="0"/>
+          <w:p w14:paraId="01E9B74C" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="22"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Atsakingi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4626637B" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="19" w:firstLine="0"/>
+          <w:p w14:paraId="7E29A138" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Pastabos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="286B4060" w14:textId="77777777">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="54ECE728" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9499" w:type="dxa"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="600484E5" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="18" w:firstLine="0"/>
+          <w:p w14:paraId="054C2325" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – gimnazijos Vaiko gerovės komisijos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>darbo programa</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="19B994C3" w14:textId="77777777" w:rsidTr="0034229A">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="4EE51DD7" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35916E07" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1F6CC386" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaiko gerovės komisijos veiklos plano rengimas, suderinimas ir patvirtinimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2736E381" w14:textId="5A0E2CE9" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="2A95A4ED" w14:textId="61E9CD38" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. rugpjūčio</w:t>
+            </w:r>
+            <w:r w:rsidR="00D43A43">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - rugsėjo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėn. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FC280FC" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...33 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="49E4E93F" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD4E4DC" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C83DCC6" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1B5CB6FF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="10F7E2E9" w14:textId="77777777" w:rsidTr="00797363">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="375B0FDF" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F8CC7FD" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...26 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="46B6ACB4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK posėdžių organizavimas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56E13C3B" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="690C48EF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="277" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Kartą per du mėnesius </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19D07F13" w14:textId="70242682" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="008B4C3D">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1756E6F9" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>(pagal poreikį ir dažniau)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EA7B4FF" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43">
-[...12 lines deleted...]
-            <w:tcW w:w="1700" w:type="dxa"/>
+          <w:p w14:paraId="7BE79261" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32D78436" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7DE78EB7" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="4CB2738B" w14:textId="77777777" w:rsidTr="00797363">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="4579D96D" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="1392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AF13A3F" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
+          <w:p w14:paraId="3B7CAE8F" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
             <w:pPr>
               <w:spacing w:after="44" w:line="238" w:lineRule="auto"/>
-              <w:ind w:left="2" w:firstLine="0"/>
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:t xml:space="preserve">Kompetencijų gilinimas kursuose, seminaruose, studijuojant prevencinę, psichologinę, specialiąją pedagoginę ir kt. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7354633E" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="394187E7" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">literatūrą </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="077031FF" w14:textId="3D78E601" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+          <w:p w14:paraId="22078E99" w14:textId="7BD4DC8A" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9314E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9314E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="763AA979" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43" w:rsidP="00797363">
-[...12 lines deleted...]
-            <w:tcW w:w="1700" w:type="dxa"/>
+          <w:p w14:paraId="16F649B8" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43847CBF" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0176CBEC" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AD74FFA" w14:textId="77777777" w:rsidR="0034229A" w:rsidRPr="00404D38" w:rsidRDefault="0034229A" w:rsidP="000B1996">
-[...5 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+    <w:p w14:paraId="6E970961" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9503" w:type="dxa"/>
+        <w:tblW w:w="9766" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="7" w:type="dxa"/>
           <w:left w:w="106" w:type="dxa"/>
           <w:right w:w="52" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3120"/>
         <w:gridCol w:w="6"/>
-        <w:gridCol w:w="1665"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1866"/>
+        <w:gridCol w:w="1962"/>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="2129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="4A3335F4" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="181CD1E3" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39B75B38" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+          <w:p w14:paraId="334FD14A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – paskaitų ciklas tėvams/teisėtiems vaiko atstovams</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="0519FD53" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="668DBABB" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="2218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29A9BDD7" w14:textId="27CD347D" w:rsidR="00C80F37" w:rsidRPr="00C80F37" w:rsidRDefault="003B5700" w:rsidP="00C80F37">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="24ACA850" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Individualūs susitikimai – konsultacijos su I klasių mokinių tėveliais tema  „Pirmųjų gimnazijos klasių mokinių adaptacijos mokykloje ypatumai“. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FE49FAB" w14:textId="77CF954D" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...36 lines deleted...]
-            <w:tcW w:w="2836" w:type="dxa"/>
+          <w:p w14:paraId="0EC1DD68" w14:textId="5609FE5E" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9314E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9314E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30CE56A9" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="00DF72F5">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3E57982D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Psichologė </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76DF6ED4" w14:textId="7EF73B35" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00886167" w:rsidP="00DF72F5">
-[...47 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4175D56F" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kristina Duobaitė - Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6089CA0E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7862E5E2" w14:textId="5143F7A8" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Atliekamas I kl. mokinių adaptacijos tyrimas </w:t>
+          <w:p w14:paraId="211966E9" w14:textId="3187F2D7" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Atliekamas I kl.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9314E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir naujai atvykusių III kl.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokinių adaptacijos tyrimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="2361A1AA" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="3269E528" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="3598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="018CBE8B" w14:textId="29BDDEAD" w:rsidR="00731A74" w:rsidRPr="00404D38" w:rsidRDefault="003B5700" w:rsidP="00731A74">
+          <w:p w14:paraId="664179B7" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
             <w:pPr>
               <w:spacing w:after="1" w:line="238" w:lineRule="auto"/>
-              <w:ind w:left="-8" w:firstLine="0"/>
-[...52 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="-8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Individualios konsultacijos su II - IV klasių mokinių tėvais apie tai, kaip stiprinti vaiko psichinę sveikatą ir padėti jiems geriau pažinti savo stipriąsias savybes ir </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E73CE4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="238" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">sritis, siekiant tikslingai pasirinkti mokomuosius dalykus, planuoti </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5118141F" w14:textId="4F8AF9A6" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00731A74" w:rsidP="00731A74">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5A17E7BE" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ateitį. Kalbėtis apie tai, kaip priimti augančio vaiko besikeičiančius poreikius ir išlaikyti šiltus tarpusavio santykius.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74059705" w14:textId="762EEED1" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...19 lines deleted...]
-            <w:gridSpan w:val="2"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="584604C6" w14:textId="6A115E45" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="005D0FC8">
-[...36 lines deleted...]
-            <w:tcW w:w="2836" w:type="dxa"/>
+          <w:p w14:paraId="62225A09" w14:textId="1152B079" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00666554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00666554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1132034A" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="5AE4E854" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46B4DBD0" w14:textId="74DBD051" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1AB1CF49" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Esant poreikiui, organizuojami individualūs susitikimai, iš anksto suderinus konkrečią dieną ir laiką su mokinių tėvais </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="52AC42BE" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="5BA51457" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
-          <w:trHeight w:val="1332"/>
+          <w:trHeight w:val="939"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E7C5425" w14:textId="28AFB25D" w:rsidR="005B36F3" w:rsidRPr="00404D38" w:rsidRDefault="00F65414">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="23890DDE" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Susitikimas - diskusija su IV klasių tėveliais tema: „Egzaminai: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...20 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>??????</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62B4F26B" w14:textId="786B99CB" w:rsidR="005B36F3" w:rsidRPr="00404D38" w:rsidRDefault="00886167">
-[...18 lines deleted...]
-            <w:tcW w:w="2836" w:type="dxa"/>
+          <w:p w14:paraId="5BE5CB6C" w14:textId="7E946773" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00666554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m balandžio mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D875B0E" w14:textId="77777777" w:rsidR="00886167" w:rsidRPr="00886167" w:rsidRDefault="00886167" w:rsidP="00DF72F5">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="19B9DCE8" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Psichologė </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52C4F10D" w14:textId="5B5A3CE3" w:rsidR="005B36F3" w:rsidRPr="00404D38" w:rsidRDefault="00886167" w:rsidP="00DF72F5">
-[...40 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="0A5C6EA0" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kristina Duobaitė - Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68605510" w14:textId="77777777" w:rsidR="005B36F3" w:rsidRPr="00404D38" w:rsidRDefault="005B36F3">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="170CA866" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="228A5365" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="0C3ECA97" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7383CE32" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="61" w:firstLine="0"/>
+          <w:p w14:paraId="670A2BCA" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="61"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Prevencinė veikla (mokinių saugumo užtikrinimo priemonės)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="035560FD" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="34CB0B57" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FAE0DA7" w14:textId="417DB708" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...31 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="5FEEAD0A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagalba elgesio ir emocijų sutrikimų turintiems mokiniams </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="434E8FD7" w14:textId="7F7495C5" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...33 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="62713C96" w14:textId="2B201D54" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00666554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00666554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. m. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37F11295" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...26 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="2D2E2C2C" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pagalbos specialistai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3662B20D" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5F615A1E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C4883" w:rsidRPr="00404D38" w14:paraId="27D22FD9" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="5426331E" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="1390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D76693A" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6C7EC54C" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Pedagogų, tėvų (globėjų, rūpintojų), mokinių konsultavimas prevenciniais, psichologiniais, socialiniais pedagoginiais, specialiojo ugdymo klausimais </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1675" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42AFD36E" w14:textId="74145C59" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00A01225">
-[...33 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5663D365" w14:textId="6997FD37" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00594A53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00594A53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. m</w:t>
             </w:r>
-            <w:r w:rsidR="00731A74">
-[...9 lines deleted...]
-            <w:tcW w:w="2836" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4EE904" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="4EB19AFD" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="644E3849" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0E93B8D3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C4883" w:rsidRPr="00404D38" w14:paraId="7FA63F2E" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="46A70801" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45825DD1" w14:textId="503A09B7" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...43 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="5883F624" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Mokiniams pritaikytų (pritaikytų, individualizuotų) ugdymo programų aptarimas ir jų suderinimas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5986A0AA" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B9C2BE5" w14:textId="7548DB96" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00A01225" w:rsidP="00D42300">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:firstLine="0"/>
+          <w:p w14:paraId="1CCE6E94" w14:textId="4CE36317" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="00594A53" w:rsidP="00B31EC5">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...7 lines deleted...]
-              <w:t>–20</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 kartus per </w:t>
+            </w:r>
+            <w:r w:rsidR="009220BA" w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="009220BA" w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009220BA" w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="714CCE39" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43" w:rsidP="009C4883">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="3674EEEB" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A905F56" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3EFE8E54" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="266831FA" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="52B90E12" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
           <w:trHeight w:val="1390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27D2B8DB" w14:textId="0334795C" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...25 lines deleted...]
-            <w:tcW w:w="1675" w:type="dxa"/>
+          <w:p w14:paraId="10EADFE3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="42"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Specialiųjų ugdymosi poreikių turinčių mokinių pasiekimų vertinimas ir aptarimas, tolimesnio mokinių ugdymo numatymas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D9BD2EC" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="42"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DF757D6" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="42"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14F19E1D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="144B6B45" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5EFA67" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="421FE0F0" w14:textId="77777777" w:rsidTr="00B31EC5">
+        <w:trPr>
+          <w:trHeight w:val="286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="205D9B69" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Veiklos kryptis – pamokų lankomumo ir vėlavimo prevencija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="6951EDD3" w14:textId="77777777" w:rsidTr="00B31EC5">
+        <w:trPr>
+          <w:trHeight w:val="1666"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C053033" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I–IV klasių mokinių, jų tėvų </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E170CA3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(globėjų, rūpintojų) supažindinimas su gimnazijos mokinio elgesio taisyklėmis ir pamokų lankomumo tvarka skelbiant jį gimnazijos internetiniame puslapyje </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A0A67D3" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...21 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="654CA992" w14:textId="50E4E473" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. rugsėjis </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C3DE151" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="49123682" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socialinė pedagogė </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC1E55A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="250" w:hanging="250"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Vaškienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B889C83" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>E. Stasytis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CF9CE32" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="22E9403B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="707121F8" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="1192E994" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:trPr>
-          <w:trHeight w:val="565"/>
+          <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0652072F" w14:textId="45D4A6D8" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...31 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="071DA20E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pamokų lankomumo stebėjimas ir analizė  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13EA54DE" w14:textId="0F15D3D8" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...39 lines deleted...]
-              <w:top w:val="nil"/>
+          <w:p w14:paraId="16DEA3DE" w14:textId="21A2B5FE" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FC6845E" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="764138A3" w14:textId="10BFCCBD" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Vaškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CC4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, D Vengalė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F26BFDF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9BB530" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DD0DB13" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0C82D0DA" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF1C43" w:rsidRPr="00404D38" w14:paraId="5A6D0F90" w14:textId="77777777" w:rsidTr="000B1996">
-[...457 lines deleted...]
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="52348904" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="0894AE56" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1390"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073E9A38" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4C1796F3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="238" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Tėvų informavimas, apie mokinių pažangumą ir lankomumą </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07AF0D58" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4006CD5B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">(individualūs </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="619FA8E2" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...26 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="6000F72B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pokalbiai, konsultacijos, susirinkimai) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="451EBD9E" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...43 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="20172808" w14:textId="5B247A3E" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="475D363B" w14:textId="77777777" w:rsidR="00915559" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...25 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3367749A" w14:textId="53E44803" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Vaškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, D Vengalė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F10C8B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F208D05" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...40 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="147AE6BF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Psichologė K. Duobaitė - Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ECEE504" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="49F2F458" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="452AEC8C" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="0BB30ADA" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447951FE" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...18 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="4AF0CEF7" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Individualūs pokalbiai su mokyklos nelankančiais </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir į pamokas vėluojančiais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mokiniais </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D4B5A8E" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...43 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="1340BCA4" w14:textId="7722C64C" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EDDFF42" w14:textId="77777777" w:rsidR="00915559" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...25 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="35918A10" w14:textId="0FF358A3" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A66D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Vaškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="008F5D12">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, D Vengalė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6A6147" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6552007E" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...40 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="2B22B5FD" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Psichologė K. Duobaitė - Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15E9CB5A" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6DAC728A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="11515840" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="0B1491F4" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AC1A12F" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:firstLine="0"/>
+          <w:p w14:paraId="6EB40444" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – alkoholio, tabako, narkotinių ir psichoaktyvių  medžiagų vartojimo prevencija</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="1660FCAC" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="40227954" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78B3505C" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...30 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="2F2FEAD3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alkoholio, tabako ir kitų psichiką veikiančių medžiagų vartojimo prevencija. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="121ED3B5" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...57 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="5C50686F" w14:textId="181689BC" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006E511C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="006E511C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43AC8B04" w14:textId="77777777" w:rsidR="00915559" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...33 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="13C3449E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="302"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452C1027" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="302"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasių vadovai </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="251FBBB5" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="46748F32" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalykų mokytojai </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D70E42C" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="00A641A4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EEE4884" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...18 lines deleted...]
-              <w:t>užsiėmimai, susitikimai, teisėsaugos atstovais/žymiais žmonėmis diskusijos su medicinos,</w:t>
+          <w:p w14:paraId="0530E734" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Klasės valandėlės, užsiėmimai, susitikimai, teisėsaugos atstovais/žymiais žmonėmis diskusijos su medicinos,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="1E88DBC3" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="79C290A8" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21CA0AC2" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...29 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="05955CC6" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="62"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integruotos pamokos, klasės valandėlės (rūkymo žala, alkoholizmas, narkotikai, AIDS, ligos ir jų profilaktika) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F0B77C3" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...12 lines deleted...]
-              <w:t>20</w:t>
+          <w:p w14:paraId="4E14D692" w14:textId="11A5652F" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006E511C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="006E511C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...40 lines deleted...]
-            <w:gridSpan w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>. Kiekvieną pusmetį po vieną kl. valandėlę.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55FE5206" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="10787330" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:after="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="189D9662" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77E7AB3C" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalykų mokytojai  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1866" w:type="dxa"/>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="709EFE26" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0DA122D9" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="1C4A8F68" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="3BD5EAAF" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0363874F" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+          <w:p w14:paraId="38347538" w14:textId="77777777" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – sveikos gyvensenos ugdymas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4F81A64E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="5EC8FBDE" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="0356B08F" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="736C5AFA" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="18990814" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Aktyvios veiklos organizavimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EEB0CA1" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...57 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="41D7AC33" w14:textId="3DE14E1E" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006E511C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A502DDE" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...24 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="09F5FE91" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fizinio ugdymo mokytojai, klasių vadovai </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30FC6C06" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3D33B294" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Žygis, sporto-meno diena</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="2EA7346D" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="5A89A200" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F735DBF" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2FC01ACB" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:line="246" w:lineRule="auto"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Informacijos sveikatos išsaugojimo ir stiprinimo klausimais teikimas, šios informacijos sklaida (renginiai, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67E04A04" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77D0A41A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">viktorinos, stendai ir pan.) mokyklos bendruomenei </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22846F4B" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...57 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="1A3468CB" w14:textId="54551CF8" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DAE630B" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...32 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="67A4E439" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>VKG nariai, visuomenės sveikatos specialistė B. Burbienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="361A6BD2" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="3BD44C8D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kviečiami lektoriai, psichologai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="0D3A2C84" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="2F25210D" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F930AF8" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6D18BF9A" w14:textId="46B7EA95" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Integruotos pamokos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-[...9 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:r w:rsidR="00DC46AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, gyvenimo įgudžių pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2718AFFA" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...51 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="697B5C79" w14:textId="1D073C73" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7923C22A" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3C976C98" w14:textId="57DDA61E" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="00DC46AE" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Gyvenimo įgudžių mokytoja Inga Klimaitė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BDCB5DF" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="182DC682" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="744B667D" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="17F996E1" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BCA8B37" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="57" w:firstLine="0"/>
+          <w:p w14:paraId="3E71AF90" w14:textId="77777777" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – akcijos, konkursai, savanoriška ir kita veikla</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="2A68F7DD" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="787A8AF7" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="3039C1E7" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BA7BB61" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...24 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="5D1DF50D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Akcija Sausio 13 paminėti </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CCC365B" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...25 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="614EE038" w14:textId="553DD765" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56377">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sausio  13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="014E0ACB" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...44 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="29FC9EC9" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tolerancijos centro vadovė J. Mažuknė, klasių vadovai, dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A00B709" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5B6441B6" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="0CDEBD54" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="37770FB9" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10322201" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...24 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="32D08C24" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pyragų diena </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4F2A65" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...25 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="059D1706" w14:textId="198F52FF" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56377">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> spalio mėn. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E1A6112" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...38 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="768901C4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tolerancijos centro vadovė J. Mažuknė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="050ADD76" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0115AC13" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="45D452BA" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="22EDAD95" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5812019A" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="60" w:firstLine="0"/>
+          <w:p w14:paraId="6DA2F63C" w14:textId="77777777" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – patyčių prevencija ir intervencija</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1FCD52C9" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="7AA84630" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="44A4A3DD" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D7684FB" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...31 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1328E853" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:spacing w:after="5"/>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Patyčių prevencija ir intervencija (integruotos pamokos), klasės valandėlės.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23657EA9" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B03EF17" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...57 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="07B8F051" w14:textId="3BF67B96" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56377">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>–202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56377">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60F848C7" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...26 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="5CE7FB83" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>VGK nariai, klasių vadovai, dalykų mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="300CEB36" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4AA8B13F" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="2F5CDF58" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="6291C4EF" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24999BE5" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7B2F374A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarptautinės Tolerancijos dienos minėjimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33FE6ECB" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...21 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5D690233" w14:textId="7EFFF21B" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. lapkritis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2846" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42ED29FA" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...38 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="20864329" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tolerancijos centro vadovė J. Mažuknė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F70398F" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="59CB2D32" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00253B85" w:rsidRPr="00404D38" w14:paraId="75D4D936" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="022BB955" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F0F5E2" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
+          <w:p w14:paraId="0D3CE2A3" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1826"/>
                 <w:tab w:val="right" w:pos="3391"/>
               </w:tabs>
-              <w:spacing w:after="29" w:line="259" w:lineRule="auto"/>
-[...7 lines deleted...]
-              <w:rPr>
+              <w:spacing w:after="29"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Socialinė </w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">pilietinė </w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">akcija </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F159A71" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...30 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="73CF4A93" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">„Sąmoningumo mėnuo“ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AD2DBDC" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...21 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="726CCE8E" w14:textId="312A33E9" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m. kovas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2846" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="764955AB" w14:textId="2F7B7BCE" w:rsidR="00915559" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="533CFFD1" w14:textId="042EAD23" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinė</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Vaškienė</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> D Vengalė,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Psichologė K. Duobaitė - Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662ED3DC" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A94550" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2D827E15" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="29A4DC6C" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="3F066FD0" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="976"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="019DF3F1" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6271B337" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Individualūs pokalbiai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23A419D4" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3EF52DCF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Pagal poreikį </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="697F931C" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...13 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="5EEB2D19" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="555F6DEE" w14:textId="77777777" w:rsidR="00915559" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...56 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="7F2DFC2F" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Psichologė K. Duobaitė- -Petkuvienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22308AB1" w14:textId="7648E872" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Socialinė</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Vaškienė</w:t>
+            </w:r>
+            <w:r w:rsidR="006513DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>, D Vengalė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B456644" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DCCECCA" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="707120DB" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="4F0B5FE1" w14:textId="77777777" w:rsidTr="000B1996">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="1A6D1108" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9503" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9766" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34A8E950" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="63" w:firstLine="0"/>
+          <w:p w14:paraId="74FC5AF2" w14:textId="77777777" w:rsidR="009220BA" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="63"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos kryptis – krizių valdymas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00404D38">
-              <w:rPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1039F4B2" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5F46" w:rsidRPr="00404D38" w14:paraId="160A0727" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="7C802E3D" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="026A0EF6" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="65331481" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Krizės aplinkybių įvertinimas, krizės valdymo plano rengimas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39CCAD23" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="73A68655" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Esant krizinei situacijai </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2846" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C1AF347" w14:textId="29177D76" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...44 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="567C532E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gimnazijos vadovas VGK nariai </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30F3DA4A" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7A8FDF8D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="35FBC8B4" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="46BBB557" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19C11479" w14:textId="579444EB" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...55 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="5C7ACA7A" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plungės rajono savivaldybės Vaiko teisių apsaugos skyriaus ir Plungės miesto psichologinės pedagoginės tarnybos informavimas apie krizinę situaciją.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F3B2D5E" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...13 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="6DB68EF2" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C482699" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="0F96D7F2" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36FD7EF2" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="28E72679" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00253B85" w:rsidRPr="00404D38" w14:paraId="08C93176" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="01051D48" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="174F8379" w14:textId="5F28537B" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...18 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="2A28AC17" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informacijos apie krizę rengimas ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">pateikimas gimnazijos bendruomenei, žiniasklaidai, Švietimo skyriui. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="607389E1" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...13 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="755EADE4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B7D5D2C" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...12 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+          <w:p w14:paraId="4C42053B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="236C320F" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...4 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1BCF7696" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00253B85" w:rsidRPr="00404D38" w14:paraId="04592486" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="5ABDD242" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1114"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="297B1E56" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3C40FCE4" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="63"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Gimnazijos bendruomenės grupių ir asmenų, kuriems reikalinga pagalba, įvertinimas ir pagalbos teikimo organizavimas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
-[...17 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24329757" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43E4A1BF" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="351DFE9E" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:hanging="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915559" w:rsidRPr="00404D38" w14:paraId="606EC2E8" w14:textId="77777777" w:rsidTr="003C5F46">
+      <w:tr w:rsidR="009220BA" w:rsidRPr="00973485" w14:paraId="31054536" w14:textId="77777777" w:rsidTr="00B31EC5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:right w:w="48" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6ADAE97E" w14:textId="77777777" w:rsidR="00915559" w:rsidRPr="00404D38" w:rsidRDefault="00915559" w:rsidP="003173FD">
-[...43 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+          <w:p w14:paraId="3F38062B" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:ind w:left="2" w:right="62"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bendradarbiavimas su Plungės rajono PPT komanda ir Vaiko teisių apsaugos skyriumi. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1968" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...17 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63517171" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1866" w:type="dxa"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4679E360" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2129" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...10 lines deleted...]
-              <w:rPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D14C639" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="00B31EC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52E0C729" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43" w:rsidP="00DA4A11">
-[...5 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+    <w:p w14:paraId="323CED8D" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CDE78C4" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...1 lines deleted...]
-        <w:spacing w:after="40" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="66721841" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="-5" w:hanging="10"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00973485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="lt-LT"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Laukiami rezultatai: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCBE799" w14:textId="2EC1EE81" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
+    <w:p w14:paraId="4219743E" w14:textId="7636A051" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="00A66D5E" w:rsidP="009220BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="9" w:line="248" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stiprinant </w:t>
+      </w:r>
+      <w:r w:rsidR="00996E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pamokų lankomumo kontrolę – didės mokinių atsakingumas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02809DBF" w14:textId="272BC3B6" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00B62777">
+    <w:p w14:paraId="658D4750" w14:textId="430E7225" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="9" w:line="248" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
-        <w:rPr>
-          <w:lang w:val="lt-LT"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...41 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Artim</w:t>
+      </w:r>
+      <w:r w:rsidR="00996E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>esnis mokinių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pažin</w:t>
+      </w:r>
+      <w:r w:rsidR="00996E5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00E113E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>leis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E113E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>kurti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saugesnę, jų poreikius atitinkančią aplinką.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B304E9A" w14:textId="7918D180" w:rsidR="00BF1C43" w:rsidRDefault="005577DE">
+    <w:p w14:paraId="77F5AB44" w14:textId="7AD60AC0" w:rsidR="009220BA" w:rsidRDefault="00E113E5" w:rsidP="009220BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="9" w:line="248" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
-        <w:rPr>
-          <w:lang w:val="lt-LT"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="lt-LT"/>
-[...7 lines deleted...]
-        <w:t>,</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gerės asmeninis mokinių ir bendras gimnazijos pažangumas</w:t>
+      </w:r>
+      <w:r w:rsidR="00613247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482A0AD8" w14:textId="0D420B9D" w:rsidR="007031EA" w:rsidRPr="00404D38" w:rsidRDefault="00795F94">
+    <w:p w14:paraId="26B83C6D" w14:textId="2B071D20" w:rsidR="009220BA" w:rsidRPr="006C06CF" w:rsidRDefault="006C06CF" w:rsidP="009220BA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="9" w:line="248" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>gerės mokinių sveikata.</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C06CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Formuosis stipresnė bendruomenės kultūrinė tapatybė</w:t>
+      </w:r>
+      <w:r w:rsidR="009220BA" w:rsidRPr="006C06CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274435DA" w14:textId="08850D3B" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="00BF1C43" w:rsidP="007031EA">
-[...3 lines deleted...]
-          <w:lang w:val="lt-LT"/>
+    <w:p w14:paraId="04F2EAA8" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="00973485" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:spacing w:after="9" w:line="248" w:lineRule="auto"/>
+        <w:ind w:left="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ED2B6BF" w14:textId="77777777" w:rsidR="00BF1C43" w:rsidRPr="00404D38" w:rsidRDefault="003B5700">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7620E653" w14:textId="77777777" w:rsidR="009220BA" w:rsidRPr="008329BC" w:rsidRDefault="009220BA" w:rsidP="009220BA">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BF1C43" w:rsidRPr="00404D38">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="2546C4DF" w14:textId="77777777" w:rsidR="00911B0A" w:rsidRDefault="00911B0A"/>
+    <w:sectPr w:rsidR="00911B0A" w:rsidSect="00734582">
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="284" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="1296"/>
+      <w:noEndnote/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="049A3B19"/>
+    <w:nsid w:val="0B88138B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9FECBA2E"/>
-    <w:lvl w:ilvl="0" w:tplc="637AD57C">
+    <w:tmpl w:val="E20A14BE"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="720"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EA90F3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99F021A0"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14FF3B85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24402968"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E235FF2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0427001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1436" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1868" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2372" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2876" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3380" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4388" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42590692"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CAAD322"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="538A196E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="730C00BA"/>
+    <w:tmpl w:val="E1FC3CF0"/>
     <w:lvl w:ilvl="0" w:tplc="2AE871A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="260ABF14">
       <w:start w:val="1"/>
@@ -6850,51 +10066,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4BCC35F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6479"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="562227A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76D8DD6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BE9371D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE4C6BA2"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
@@ -6939,415 +10268,415 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="799C3B4F"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B05429F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ED5C9C9E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1"/>
+    <w:tmpl w:val="19C860CE"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="542"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9B00D9D2">
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1188"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FDAC35AA">
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1908"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19C049B8">
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2628"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7250E230">
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3348"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E5687586">
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4068"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18946DA2">
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4788"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4EAEFAF6">
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5508"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4CF82334">
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6228"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-[...2 lines deleted...]
-  <w:num w:numId="2">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FE83E20"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B8A1B6C"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04270001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1693873017">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="2" w16cid:durableId="1637374440">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1699812755">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1802533285">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="206845286">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="924071207">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1198540581">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8" w16cid:durableId="395512847">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1141114263">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="368067666">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridVerticalSpacing w:val="299"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BF1C43"/>
-[...81 lines deleted...]
-    <w:rsid w:val="00F76351"/>
+    <w:rsidRoot w:val="00AE33C1"/>
+    <w:rsid w:val="00013592"/>
+    <w:rsid w:val="000B670F"/>
+    <w:rsid w:val="00233ABB"/>
+    <w:rsid w:val="002F1437"/>
+    <w:rsid w:val="003C73E3"/>
+    <w:rsid w:val="003D047A"/>
+    <w:rsid w:val="00594A53"/>
+    <w:rsid w:val="00594C17"/>
+    <w:rsid w:val="005D7D57"/>
+    <w:rsid w:val="005E569E"/>
+    <w:rsid w:val="00613247"/>
+    <w:rsid w:val="00635CAF"/>
+    <w:rsid w:val="006462FA"/>
+    <w:rsid w:val="006513DF"/>
+    <w:rsid w:val="0065321B"/>
+    <w:rsid w:val="00666554"/>
+    <w:rsid w:val="00673035"/>
+    <w:rsid w:val="0068548F"/>
+    <w:rsid w:val="006C06CF"/>
+    <w:rsid w:val="006E511C"/>
+    <w:rsid w:val="00734582"/>
+    <w:rsid w:val="007A627D"/>
+    <w:rsid w:val="0080457A"/>
+    <w:rsid w:val="00812A62"/>
+    <w:rsid w:val="008A5FAC"/>
+    <w:rsid w:val="008F5D12"/>
+    <w:rsid w:val="00911B0A"/>
+    <w:rsid w:val="009220BA"/>
+    <w:rsid w:val="00996E5F"/>
+    <w:rsid w:val="009E5003"/>
+    <w:rsid w:val="00A56377"/>
+    <w:rsid w:val="00A65CC4"/>
+    <w:rsid w:val="00A66D5E"/>
+    <w:rsid w:val="00AE33C1"/>
+    <w:rsid w:val="00B9314E"/>
+    <w:rsid w:val="00D21F83"/>
+    <w:rsid w:val="00D43A43"/>
+    <w:rsid w:val="00D637FA"/>
+    <w:rsid w:val="00DC46AE"/>
+    <w:rsid w:val="00E113E5"/>
+    <w:rsid w:val="00E220FE"/>
+    <w:rsid w:val="00E3429C"/>
+    <w:rsid w:val="00E57760"/>
+    <w:rsid w:val="00F26A7D"/>
+    <w:rsid w:val="00F86AE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="13214D66"/>
-  <w15:docId w15:val="{F8791176-FB0E-4E29-BA04-D8F7AAA66ABE}"/>
+  <w14:docId w14:val="02F8BC70"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3B71B194-21E6-4B74-95C2-53EB087563A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7693,126 +11022,139 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...8 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00AE33C1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D637FA"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
+    <w:rsid w:val="009220BA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000C6C7C"/>
+    <w:rsid w:val="009220BA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/dfe0787484c111f0a8bbd1e98310677d" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -8062,89 +11404,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>2562</Characters>
+  <Pages>6</Pages>
+  <Words>1539</Words>
+  <Characters>8775</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7041</CharactersWithSpaces>
+  <CharactersWithSpaces>10294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Dovile</dc:creator>
+  <dc:creator>Astra Vaškienė</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>